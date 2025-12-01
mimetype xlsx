--- v0 (2025-10-15)
+++ v1 (2025-12-01)
@@ -113,84 +113,84 @@
   <si>
     <t>ANAYASHA BHOGAL</t>
   </si>
   <si>
     <t>SANDEEP BHOGAL</t>
   </si>
   <si>
     <t xml:space="preserve">ANVI KUMARI </t>
   </si>
   <si>
     <t>NAVEEN KUMAR</t>
   </si>
   <si>
     <t>ANSHITA  SHARMA</t>
   </si>
   <si>
     <t>RAJESH KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">ANSHIKA KUJUR </t>
   </si>
   <si>
     <t>PANKAJ KUJUR</t>
   </si>
   <si>
+    <t xml:space="preserve">SATVIK BANYAL  </t>
+  </si>
+  <si>
+    <t>PANKAJ BANYAL</t>
+  </si>
+  <si>
     <t xml:space="preserve">ANANYA SHARMA </t>
   </si>
   <si>
     <t>RAVI KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">REYANSH GARG </t>
   </si>
   <si>
     <t xml:space="preserve">SEJAL SHARMA </t>
   </si>
   <si>
     <t xml:space="preserve">YAKSHIT CHANDEL </t>
   </si>
   <si>
     <t>SURINDER KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">SHRINIKA </t>
   </si>
   <si>
     <t>KULDEEP KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">DHAIRYA BANYAL </t>
   </si>
   <si>
     <t>SUNIL KUMAR</t>
-  </si>
-[...4 lines deleted...]
-    <t>PANKAJ BANYAL</t>
   </si>
   <si>
     <t xml:space="preserve">REYANSH SHARMA </t>
   </si>
   <si>
     <t>DINESH SHARMA</t>
   </si>
   <si>
     <t xml:space="preserve">KANISH THAKUR </t>
   </si>
   <si>
     <t>SATISH KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">OMANSH THAKUR </t>
   </si>
   <si>
     <t>JYOTI VERMA</t>
   </si>
   <si>
     <t xml:space="preserve">DEVANG SHARMA </t>
   </si>
   <si>
     <t>SANJEEV KUMAR</t>
   </si>
@@ -902,309 +902,309 @@
         <v>23</v>
       </c>
       <c r="N6"/>
       <c r="O6" t="s">
         <v>24</v>
       </c>
       <c r="P6"/>
     </row>
     <row r="7" spans="1:16">
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7" t="s">
         <v>17</v>
       </c>
       <c r="D7" t="s">
         <v>18</v>
       </c>
       <c r="E7" t="s">
         <v>33</v>
       </c>
       <c r="F7" t="s">
         <v>34</v>
       </c>
       <c r="G7">
-        <v>3</v>
+        <v>31</v>
       </c>
       <c r="H7" t="s">
         <v>21</v>
       </c>
       <c r="I7" t="s">
         <v>22</v>
       </c>
       <c r="J7">
         <v>25</v>
       </c>
       <c r="K7">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
         <v>23</v>
       </c>
       <c r="N7"/>
       <c r="O7" t="s">
         <v>24</v>
       </c>
       <c r="P7"/>
     </row>
     <row r="8" spans="1:16">
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8" t="s">
         <v>17</v>
       </c>
       <c r="D8" t="s">
         <v>18</v>
       </c>
       <c r="E8" t="s">
         <v>35</v>
       </c>
       <c r="F8" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="G8">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="H8" t="s">
         <v>21</v>
       </c>
       <c r="I8" t="s">
         <v>22</v>
       </c>
       <c r="J8">
         <v>25</v>
       </c>
       <c r="K8">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>23</v>
       </c>
       <c r="N8"/>
       <c r="O8" t="s">
         <v>24</v>
       </c>
       <c r="P8"/>
     </row>
     <row r="9" spans="1:16">
       <c r="B9" t="s">
         <v>16</v>
       </c>
       <c r="C9" t="s">
         <v>17</v>
       </c>
       <c r="D9" t="s">
         <v>18</v>
       </c>
       <c r="E9" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F9" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="G9">
         <v>10</v>
       </c>
       <c r="H9" t="s">
         <v>21</v>
       </c>
       <c r="I9" t="s">
         <v>22</v>
       </c>
       <c r="J9">
         <v>25</v>
       </c>
       <c r="K9">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>23</v>
       </c>
       <c r="N9"/>
       <c r="O9" t="s">
         <v>24</v>
       </c>
       <c r="P9"/>
     </row>
     <row r="10" spans="1:16">
       <c r="B10" t="s">
         <v>16</v>
       </c>
       <c r="C10" t="s">
         <v>17</v>
       </c>
       <c r="D10" t="s">
         <v>18</v>
       </c>
       <c r="E10" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F10" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="G10">
         <v>10</v>
       </c>
       <c r="H10" t="s">
         <v>21</v>
       </c>
       <c r="I10" t="s">
         <v>22</v>
       </c>
       <c r="J10">
         <v>25</v>
       </c>
       <c r="K10">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>23</v>
       </c>
       <c r="N10"/>
       <c r="O10" t="s">
         <v>24</v>
       </c>
       <c r="P10"/>
     </row>
     <row r="11" spans="1:16">
       <c r="B11" t="s">
         <v>16</v>
       </c>
       <c r="C11" t="s">
         <v>17</v>
       </c>
       <c r="D11" t="s">
         <v>18</v>
       </c>
       <c r="E11" t="s">
         <v>39</v>
       </c>
       <c r="F11" t="s">
         <v>40</v>
       </c>
       <c r="G11">
         <v>10</v>
       </c>
       <c r="H11" t="s">
         <v>21</v>
       </c>
       <c r="I11" t="s">
         <v>22</v>
       </c>
       <c r="J11">
         <v>25</v>
       </c>
       <c r="K11">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>23</v>
       </c>
       <c r="N11"/>
       <c r="O11" t="s">
         <v>24</v>
       </c>
       <c r="P11"/>
     </row>
     <row r="12" spans="1:16">
       <c r="B12" t="s">
         <v>16</v>
       </c>
       <c r="C12" t="s">
         <v>17</v>
       </c>
       <c r="D12" t="s">
         <v>18</v>
       </c>
       <c r="E12" t="s">
         <v>41</v>
       </c>
       <c r="F12" t="s">
         <v>42</v>
       </c>
       <c r="G12">
         <v>10</v>
       </c>
       <c r="H12" t="s">
         <v>21</v>
       </c>
       <c r="I12" t="s">
         <v>22</v>
       </c>
       <c r="J12">
         <v>25</v>
       </c>
       <c r="K12">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>23</v>
       </c>
       <c r="N12"/>
       <c r="O12" t="s">
         <v>24</v>
       </c>
       <c r="P12"/>
     </row>
     <row r="13" spans="1:16">
       <c r="B13" t="s">
         <v>16</v>
       </c>
       <c r="C13" t="s">
         <v>17</v>
       </c>
       <c r="D13" t="s">
         <v>18</v>
       </c>
       <c r="E13" t="s">
         <v>43</v>
       </c>
       <c r="F13" t="s">
         <v>44</v>
       </c>
       <c r="G13">
         <v>10</v>
       </c>
       <c r="H13" t="s">
         <v>21</v>
       </c>
       <c r="I13" t="s">
         <v>22</v>
       </c>
       <c r="J13">
         <v>25</v>
       </c>
       <c r="K13">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>23</v>
       </c>
       <c r="N13"/>
       <c r="O13" t="s">
         <v>24</v>
       </c>
       <c r="P13"/>
     </row>
     <row r="14" spans="1:16">
       <c r="B14" t="s">
         <v>16</v>
       </c>
       <c r="C14" t="s">
         <v>17</v>
       </c>
       <c r="D14" t="s">
         <v>18</v>
       </c>
       <c r="E14" t="s">
         <v>45</v>
       </c>
       <c r="F14" t="s">