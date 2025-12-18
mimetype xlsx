--- v0 (2025-11-03)
+++ v1 (2025-12-18)
@@ -221,51 +221,51 @@
   <si>
     <t>MRIDUL THAKUR</t>
   </si>
   <si>
     <t>NARESH KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">AARAV SHARMA </t>
   </si>
   <si>
     <t>NARESH SHARMA</t>
   </si>
   <si>
     <t xml:space="preserve">MANVI THAKUR </t>
   </si>
   <si>
     <t>MANISH KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">LAVISH THAKUR </t>
   </si>
   <si>
     <t>MANOJ THAKUR</t>
   </si>
   <si>
-    <t xml:space="preserve">LAUREN </t>
+    <t xml:space="preserve">LAUREN SHARMA </t>
   </si>
   <si>
     <t>SUSHIL KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">KANNAN MODGIL </t>
   </si>
   <si>
     <t>SUMIT KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">HAREN THAKUR </t>
   </si>
   <si>
     <t>KAPIL DEV</t>
   </si>
   <si>
     <t xml:space="preserve">DIVYANSH SHARMA  </t>
   </si>
   <si>
     <t>SANJEEV KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">absent </t>
   </si>