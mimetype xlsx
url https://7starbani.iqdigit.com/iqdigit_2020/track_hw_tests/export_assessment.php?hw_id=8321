--- v0 (2025-11-23)
+++ v1 (2026-03-12)
@@ -188,54 +188,54 @@
   <si>
     <t xml:space="preserve">AAYUSH BANYAL </t>
   </si>
   <si>
     <t>RIPAN KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">PIYUSH CHAUHAN </t>
   </si>
   <si>
     <t>SURJEET KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">NIDHI SHARMA </t>
   </si>
   <si>
     <t>NARESH KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">NAMAN JASWAL  </t>
   </si>
   <si>
     <t>RAVI SINGH</t>
   </si>
   <si>
-    <t xml:space="preserve">MRIDUL SHANKAR </t>
-[...2 lines deleted...]
-    <t>RAMA SHANKAR</t>
+    <t xml:space="preserve">MRIDUL SHANKER </t>
+  </si>
+  <si>
+    <t>RAMA SHANKER</t>
   </si>
   <si>
     <t>06</t>
   </si>
   <si>
     <t xml:space="preserve">JAANVI LAKHANPAL </t>
   </si>
   <si>
     <t>RAMESH SHARMA</t>
   </si>
   <si>
     <t xml:space="preserve">HARSHITA KAPOOR </t>
   </si>
   <si>
     <t>UMESH KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">ARYAN SHARMA </t>
   </si>
   <si>
     <t>VIJAY KUMAR</t>
   </si>
   <si>
     <t>ARNAV BHOGAL</t>
   </si>