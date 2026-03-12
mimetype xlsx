--- v0 (2025-11-23)
+++ v1 (2026-03-12)
@@ -131,51 +131,51 @@
   <si>
     <t xml:space="preserve">ARADHYA VERMA </t>
   </si>
   <si>
     <t>JYOTI VERMA</t>
   </si>
   <si>
     <t xml:space="preserve">ARADHYA SHARMA </t>
   </si>
   <si>
     <t>PRAVESH KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">ARADHYA BANYAL </t>
   </si>
   <si>
     <t>SURENDER SINGH</t>
   </si>
   <si>
     <t xml:space="preserve">absent </t>
   </si>
   <si>
     <t xml:space="preserve">BHUMIKA SHARMA </t>
   </si>
   <si>
-    <t>NARENDER</t>
+    <t>SUMAN SHARMA</t>
   </si>
   <si>
     <t xml:space="preserve">URVASHI </t>
   </si>
   <si>
     <t>PANKAJ KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">KRISHANA SHARMA  </t>
   </si>
   <si>
     <t>KAMAL KISHOR</t>
   </si>
   <si>
     <t xml:space="preserve">YASH BANYAL </t>
   </si>
   <si>
     <t>SUNIL KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">VIBHOR SHARMA </t>
   </si>
   <si>
     <t>VIKAS KUMAR</t>
   </si>