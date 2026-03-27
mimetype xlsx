--- v0 (2025-11-02)
+++ v1 (2026-03-27)
@@ -131,102 +131,102 @@
   <si>
     <t xml:space="preserve">MANNAT THAKUR </t>
   </si>
   <si>
     <t>KAPIL DEV</t>
   </si>
   <si>
     <t xml:space="preserve">AKSHITA THAKUR </t>
   </si>
   <si>
     <t>KULVIR SINGH</t>
   </si>
   <si>
     <t>DIYA SHARMA</t>
   </si>
   <si>
     <t>CHANDER SHEKHAR</t>
   </si>
   <si>
     <t xml:space="preserve">ANUJ THAKUR </t>
   </si>
   <si>
     <t>ANIL KUMAR</t>
   </si>
   <si>
+    <t xml:space="preserve">MAHIK DEEP  </t>
+  </si>
+  <si>
+    <t>DESH DEEPAK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAMIKSHA KOUNDAL </t>
+  </si>
+  <si>
+    <t>NARESH KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AKSHRA </t>
+  </si>
+  <si>
+    <t>HARJESH KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SONALI DHIMAN </t>
+  </si>
+  <si>
+    <t>JEET KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHAGUN SHARMA </t>
+  </si>
+  <si>
+    <t>RAKESH KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HARSHIT KUMAR SHARMA </t>
+  </si>
+  <si>
+    <t>DINESH KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PRACHI DHIMAN </t>
+  </si>
+  <si>
+    <t>ANIL DHIMAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PRIYANSHI </t>
+  </si>
+  <si>
+    <t>RAJINDER SINGH</t>
+  </si>
+  <si>
     <t xml:space="preserve">HIMANI </t>
   </si>
   <si>
     <t>SUNIL KUMAR</t>
-  </si>
-[...46 lines deleted...]
-    <t>DESH DEEPAK</t>
   </si>
   <si>
     <t>APURVA THAKUR</t>
   </si>
   <si>
     <t>PAWAN KUMAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -938,391 +938,391 @@
         <v>23</v>
       </c>
       <c r="N9"/>
       <c r="O9" t="s">
         <v>24</v>
       </c>
       <c r="P9"/>
     </row>
     <row r="10" spans="1:16">
       <c r="B10" t="s">
         <v>16</v>
       </c>
       <c r="C10" t="s">
         <v>17</v>
       </c>
       <c r="D10" t="s">
         <v>18</v>
       </c>
       <c r="E10" t="s">
         <v>39</v>
       </c>
       <c r="F10" t="s">
         <v>40</v>
       </c>
       <c r="G10">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="H10" t="s">
         <v>21</v>
       </c>
       <c r="I10" t="s">
         <v>22</v>
       </c>
       <c r="J10">
         <v>20</v>
       </c>
       <c r="K10">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>23</v>
       </c>
       <c r="N10"/>
       <c r="O10" t="s">
         <v>24</v>
       </c>
       <c r="P10"/>
     </row>
     <row r="11" spans="1:16">
       <c r="B11" t="s">
         <v>16</v>
       </c>
       <c r="C11" t="s">
         <v>17</v>
       </c>
       <c r="D11" t="s">
         <v>18</v>
       </c>
       <c r="E11" t="s">
         <v>41</v>
       </c>
       <c r="F11" t="s">
         <v>42</v>
       </c>
       <c r="G11">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="H11" t="s">
         <v>21</v>
       </c>
       <c r="I11" t="s">
         <v>22</v>
       </c>
       <c r="J11">
         <v>20</v>
       </c>
       <c r="K11">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>23</v>
       </c>
       <c r="N11"/>
       <c r="O11" t="s">
         <v>24</v>
       </c>
       <c r="P11"/>
     </row>
     <row r="12" spans="1:16">
       <c r="B12" t="s">
         <v>16</v>
       </c>
       <c r="C12" t="s">
         <v>17</v>
       </c>
       <c r="D12" t="s">
         <v>18</v>
       </c>
       <c r="E12" t="s">
         <v>43</v>
       </c>
       <c r="F12" t="s">
         <v>44</v>
       </c>
       <c r="G12">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="H12" t="s">
         <v>21</v>
       </c>
       <c r="I12" t="s">
         <v>22</v>
       </c>
       <c r="J12">
         <v>20</v>
       </c>
       <c r="K12">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>23</v>
       </c>
       <c r="N12"/>
       <c r="O12" t="s">
         <v>24</v>
       </c>
       <c r="P12"/>
     </row>
     <row r="13" spans="1:16">
       <c r="B13" t="s">
         <v>16</v>
       </c>
       <c r="C13" t="s">
         <v>17</v>
       </c>
       <c r="D13" t="s">
         <v>18</v>
       </c>
       <c r="E13" t="s">
         <v>45</v>
       </c>
       <c r="F13" t="s">
         <v>46</v>
       </c>
       <c r="G13">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="H13" t="s">
         <v>21</v>
       </c>
       <c r="I13" t="s">
         <v>22</v>
       </c>
       <c r="J13">
         <v>20</v>
       </c>
       <c r="K13">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>23</v>
       </c>
       <c r="N13"/>
       <c r="O13" t="s">
         <v>24</v>
       </c>
       <c r="P13"/>
     </row>
     <row r="14" spans="1:16">
       <c r="B14" t="s">
         <v>16</v>
       </c>
       <c r="C14" t="s">
         <v>17</v>
       </c>
       <c r="D14" t="s">
         <v>18</v>
       </c>
       <c r="E14" t="s">
         <v>47</v>
       </c>
       <c r="F14" t="s">
         <v>48</v>
       </c>
       <c r="G14">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="H14" t="s">
         <v>21</v>
       </c>
       <c r="I14" t="s">
         <v>22</v>
       </c>
       <c r="J14">
         <v>20</v>
       </c>
       <c r="K14">
         <v>14</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>23</v>
       </c>
       <c r="N14"/>
       <c r="O14" t="s">
         <v>24</v>
       </c>
       <c r="P14"/>
     </row>
     <row r="15" spans="1:16">
       <c r="B15" t="s">
         <v>16</v>
       </c>
       <c r="C15" t="s">
         <v>17</v>
       </c>
       <c r="D15" t="s">
         <v>18</v>
       </c>
       <c r="E15" t="s">
         <v>49</v>
       </c>
       <c r="F15" t="s">
         <v>50</v>
       </c>
       <c r="G15">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="H15" t="s">
         <v>21</v>
       </c>
       <c r="I15" t="s">
         <v>22</v>
       </c>
       <c r="J15">
         <v>20</v>
       </c>
       <c r="K15">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>23</v>
       </c>
       <c r="N15"/>
       <c r="O15" t="s">
         <v>24</v>
       </c>
       <c r="P15"/>
     </row>
     <row r="16" spans="1:16">
       <c r="B16" t="s">
         <v>16</v>
       </c>
       <c r="C16" t="s">
         <v>17</v>
       </c>
       <c r="D16" t="s">
         <v>18</v>
       </c>
       <c r="E16" t="s">
         <v>51</v>
       </c>
       <c r="F16" t="s">
         <v>52</v>
       </c>
       <c r="G16">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="H16" t="s">
         <v>21</v>
       </c>
       <c r="I16" t="s">
         <v>22</v>
       </c>
       <c r="J16">
         <v>20</v>
       </c>
       <c r="K16">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>23</v>
       </c>
       <c r="N16"/>
       <c r="O16" t="s">
         <v>24</v>
       </c>
       <c r="P16"/>
     </row>
     <row r="17" spans="1:16">
       <c r="B17" t="s">
         <v>16</v>
       </c>
       <c r="C17" t="s">
         <v>17</v>
       </c>
       <c r="D17" t="s">
         <v>18</v>
       </c>
       <c r="E17" t="s">
         <v>53</v>
       </c>
       <c r="F17" t="s">
         <v>54</v>
       </c>
       <c r="G17">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="H17" t="s">
         <v>21</v>
       </c>
       <c r="I17" t="s">
         <v>22</v>
       </c>
       <c r="J17">
         <v>20</v>
       </c>
       <c r="K17">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
         <v>23</v>
       </c>
       <c r="N17"/>
       <c r="O17" t="s">
         <v>24</v>
       </c>
       <c r="P17"/>
     </row>
     <row r="18" spans="1:16">
       <c r="B18" t="s">
         <v>16</v>
       </c>
       <c r="C18" t="s">
         <v>17</v>
       </c>
       <c r="D18" t="s">
         <v>18</v>
       </c>
       <c r="E18" t="s">
         <v>55</v>
       </c>
       <c r="F18" t="s">
         <v>56</v>
       </c>
       <c r="G18">
         <v>10</v>
       </c>
       <c r="H18" t="s">
         <v>21</v>
       </c>
       <c r="I18" t="s">
         <v>22</v>
       </c>
       <c r="J18">
         <v>20</v>
       </c>
       <c r="K18">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>23</v>
       </c>
       <c r="N18"/>
       <c r="O18" t="s">
         <v>24</v>
       </c>
       <c r="P18"/>
     </row>
     <row r="19" spans="1:16">
       <c r="B19" t="s">
         <v>16</v>
       </c>
       <c r="C19" t="s">
         <v>17</v>
       </c>
       <c r="D19" t="s">
         <v>18</v>
       </c>
       <c r="E19" t="s">
         <v>57</v>
       </c>
       <c r="F19" t="s">