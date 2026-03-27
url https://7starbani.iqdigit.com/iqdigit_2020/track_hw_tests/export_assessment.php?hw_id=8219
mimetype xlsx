--- v0 (2025-11-02)
+++ v1 (2026-03-27)
@@ -71,180 +71,180 @@
   <si>
     <t>Ans-sheet</t>
   </si>
   <si>
     <t>created-at</t>
   </si>
   <si>
     <t>submitted_at</t>
   </si>
   <si>
     <t>Checked-at</t>
   </si>
   <si>
     <t>Remarks</t>
   </si>
   <si>
     <t>Seema Devi 1</t>
   </si>
   <si>
     <t>11th (Com.)-A</t>
   </si>
   <si>
     <t>ENGLISH</t>
   </si>
   <si>
+    <t xml:space="preserve">KARTIK ZEER </t>
+  </si>
+  <si>
+    <t>ASHISH KUMAR</t>
+  </si>
+  <si>
+    <t>checked</t>
+  </si>
+  <si>
+    <t>Marks</t>
+  </si>
+  <si>
+    <t>2025-05-30 10:31:25</t>
+  </si>
+  <si>
+    <t>2025-05-30 10:34:21</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AKSHAT SHARMA </t>
+  </si>
+  <si>
+    <t>OM PARKASH</t>
+  </si>
+  <si>
     <t xml:space="preserve">RAUNIT PATHANIA </t>
   </si>
   <si>
     <t>RAJDEEP PATHANIA</t>
   </si>
   <si>
-    <t>checked</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">RASHI THAKUR </t>
   </si>
   <si>
     <t>NEERAJ KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">EKLAVYA SAHDEV </t>
   </si>
   <si>
     <t>HIRA LAL SAHDEV</t>
   </si>
   <si>
     <t xml:space="preserve">AKSHANT MANDIAL </t>
   </si>
   <si>
     <t>KULDEEP</t>
   </si>
   <si>
     <t xml:space="preserve">ARSHITA </t>
   </si>
   <si>
     <t>GOPAL KRISHAN</t>
   </si>
   <si>
     <t xml:space="preserve">RISHI CHADHA </t>
   </si>
   <si>
     <t>RAMAN KANT</t>
   </si>
   <si>
+    <t xml:space="preserve">MISHTHI KANWAR  </t>
+  </si>
+  <si>
+    <t>MANISH KANWAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GOURAB THAKUR </t>
+  </si>
+  <si>
+    <t>RAJ KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PRATEEKSHA SUMAN </t>
+  </si>
+  <si>
+    <t>SANDEEP KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROHIT KUMAR SHARMA </t>
+  </si>
+  <si>
+    <t>VIPAN KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AYUSH SHARMA </t>
+  </si>
+  <si>
+    <t>YASHPAL SHARMA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KUSHAGRA </t>
+  </si>
+  <si>
+    <t>KANHAIYA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NISHANT VERMA </t>
+  </si>
+  <si>
+    <t>SANTOSH KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KARAN  SINGH  BANYAL </t>
+  </si>
+  <si>
+    <t>SANJAY KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHELZA </t>
+  </si>
+  <si>
+    <t>VAKEEL SINGH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANKIT DHIMAN </t>
+  </si>
+  <si>
+    <t>SANJIV KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANGEL THAKUR </t>
+  </si>
+  <si>
+    <t>GOLDY</t>
+  </si>
+  <si>
     <t xml:space="preserve">ANJALI CHANGRA </t>
   </si>
   <si>
     <t>AVTAR SINGH</t>
-  </si>
-[...76 lines deleted...]
-    <t>MANISH KANWAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -634,51 +634,51 @@
       <c r="C2" t="s">
         <v>17</v>
       </c>
       <c r="D2" t="s">
         <v>18</v>
       </c>
       <c r="E2" t="s">
         <v>19</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2">
         <v>9</v>
       </c>
       <c r="H2" t="s">
         <v>21</v>
       </c>
       <c r="I2" t="s">
         <v>22</v>
       </c>
       <c r="J2">
         <v>25</v>
       </c>
       <c r="K2">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="L2"/>
       <c r="M2" t="s">
         <v>23</v>
       </c>
       <c r="N2"/>
       <c r="O2" t="s">
         <v>24</v>
       </c>
       <c r="P2"/>
     </row>
     <row r="3" spans="1:16">
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>25</v>
       </c>
       <c r="F3" t="s">
@@ -716,748 +716,748 @@
       <c r="C4" t="s">
         <v>17</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
       <c r="E4" t="s">
         <v>27</v>
       </c>
       <c r="F4" t="s">
         <v>28</v>
       </c>
       <c r="G4">
         <v>7</v>
       </c>
       <c r="H4" t="s">
         <v>21</v>
       </c>
       <c r="I4" t="s">
         <v>22</v>
       </c>
       <c r="J4">
         <v>25</v>
       </c>
       <c r="K4">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>23</v>
       </c>
       <c r="N4"/>
       <c r="O4" t="s">
         <v>24</v>
       </c>
       <c r="P4"/>
     </row>
     <row r="5" spans="1:16">
       <c r="B5" t="s">
         <v>16</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5" t="s">
         <v>18</v>
       </c>
       <c r="E5" t="s">
         <v>29</v>
       </c>
       <c r="F5" t="s">
         <v>30</v>
       </c>
       <c r="G5">
         <v>6</v>
       </c>
       <c r="H5" t="s">
         <v>21</v>
       </c>
       <c r="I5" t="s">
         <v>22</v>
       </c>
       <c r="J5">
         <v>25</v>
       </c>
       <c r="K5">
-        <v>0</v>
+        <v>23</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
         <v>23</v>
       </c>
       <c r="N5"/>
       <c r="O5" t="s">
         <v>24</v>
       </c>
       <c r="P5"/>
     </row>
     <row r="6" spans="1:16">
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
         <v>31</v>
       </c>
       <c r="F6" t="s">
         <v>32</v>
       </c>
       <c r="G6">
         <v>5</v>
       </c>
       <c r="H6" t="s">
         <v>21</v>
       </c>
       <c r="I6" t="s">
         <v>22</v>
       </c>
       <c r="J6">
         <v>25</v>
       </c>
       <c r="K6">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>23</v>
       </c>
       <c r="N6"/>
       <c r="O6" t="s">
         <v>24</v>
       </c>
       <c r="P6"/>
     </row>
     <row r="7" spans="1:16">
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7" t="s">
         <v>17</v>
       </c>
       <c r="D7" t="s">
         <v>18</v>
       </c>
       <c r="E7" t="s">
         <v>33</v>
       </c>
       <c r="F7" t="s">
         <v>34</v>
       </c>
       <c r="G7">
         <v>4</v>
       </c>
       <c r="H7" t="s">
         <v>21</v>
       </c>
       <c r="I7" t="s">
         <v>22</v>
       </c>
       <c r="J7">
         <v>25</v>
       </c>
       <c r="K7">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
         <v>23</v>
       </c>
       <c r="N7"/>
       <c r="O7" t="s">
         <v>24</v>
       </c>
       <c r="P7"/>
     </row>
     <row r="8" spans="1:16">
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8" t="s">
         <v>17</v>
       </c>
       <c r="D8" t="s">
         <v>18</v>
       </c>
       <c r="E8" t="s">
         <v>35</v>
       </c>
       <c r="F8" t="s">
         <v>36</v>
       </c>
       <c r="G8">
         <v>3</v>
       </c>
       <c r="H8" t="s">
         <v>21</v>
       </c>
       <c r="I8" t="s">
         <v>22</v>
       </c>
       <c r="J8">
         <v>25</v>
       </c>
       <c r="K8">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>23</v>
       </c>
       <c r="N8"/>
       <c r="O8" t="s">
         <v>24</v>
       </c>
       <c r="P8"/>
     </row>
     <row r="9" spans="1:16">
       <c r="B9" t="s">
         <v>16</v>
       </c>
       <c r="C9" t="s">
         <v>17</v>
       </c>
       <c r="D9" t="s">
         <v>18</v>
       </c>
       <c r="E9" t="s">
         <v>37</v>
       </c>
       <c r="F9" t="s">
         <v>38</v>
       </c>
       <c r="G9">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="H9" t="s">
         <v>21</v>
       </c>
       <c r="I9" t="s">
         <v>22</v>
       </c>
       <c r="J9">
         <v>25</v>
       </c>
       <c r="K9">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>23</v>
       </c>
       <c r="N9"/>
       <c r="O9" t="s">
         <v>24</v>
       </c>
       <c r="P9"/>
     </row>
     <row r="10" spans="1:16">
       <c r="B10" t="s">
         <v>16</v>
       </c>
       <c r="C10" t="s">
         <v>17</v>
       </c>
       <c r="D10" t="s">
         <v>18</v>
       </c>
       <c r="E10" t="s">
         <v>39</v>
       </c>
       <c r="F10" t="s">
         <v>40</v>
       </c>
       <c r="G10">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="H10" t="s">
         <v>21</v>
       </c>
       <c r="I10" t="s">
         <v>22</v>
       </c>
       <c r="J10">
         <v>25</v>
       </c>
       <c r="K10">
-        <v>7</v>
+        <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>23</v>
       </c>
       <c r="N10"/>
       <c r="O10" t="s">
         <v>24</v>
       </c>
       <c r="P10"/>
     </row>
     <row r="11" spans="1:16">
       <c r="B11" t="s">
         <v>16</v>
       </c>
       <c r="C11" t="s">
         <v>17</v>
       </c>
       <c r="D11" t="s">
         <v>18</v>
       </c>
       <c r="E11" t="s">
         <v>41</v>
       </c>
       <c r="F11" t="s">
         <v>42</v>
       </c>
       <c r="G11">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="H11" t="s">
         <v>21</v>
       </c>
       <c r="I11" t="s">
         <v>22</v>
       </c>
       <c r="J11">
         <v>25</v>
       </c>
       <c r="K11">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>23</v>
       </c>
       <c r="N11"/>
       <c r="O11" t="s">
         <v>24</v>
       </c>
       <c r="P11"/>
     </row>
     <row r="12" spans="1:16">
       <c r="B12" t="s">
         <v>16</v>
       </c>
       <c r="C12" t="s">
         <v>17</v>
       </c>
       <c r="D12" t="s">
         <v>18</v>
       </c>
       <c r="E12" t="s">
         <v>43</v>
       </c>
       <c r="F12" t="s">
         <v>44</v>
       </c>
       <c r="G12">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="H12" t="s">
         <v>21</v>
       </c>
       <c r="I12" t="s">
         <v>22</v>
       </c>
       <c r="J12">
         <v>25</v>
       </c>
       <c r="K12">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>23</v>
       </c>
       <c r="N12"/>
       <c r="O12" t="s">
         <v>24</v>
       </c>
       <c r="P12"/>
     </row>
     <row r="13" spans="1:16">
       <c r="B13" t="s">
         <v>16</v>
       </c>
       <c r="C13" t="s">
         <v>17</v>
       </c>
       <c r="D13" t="s">
         <v>18</v>
       </c>
       <c r="E13" t="s">
         <v>45</v>
       </c>
       <c r="F13" t="s">
         <v>46</v>
       </c>
       <c r="G13">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="H13" t="s">
         <v>21</v>
       </c>
       <c r="I13" t="s">
         <v>22</v>
       </c>
       <c r="J13">
         <v>25</v>
       </c>
       <c r="K13">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>23</v>
       </c>
       <c r="N13"/>
       <c r="O13" t="s">
         <v>24</v>
       </c>
       <c r="P13"/>
     </row>
     <row r="14" spans="1:16">
       <c r="B14" t="s">
         <v>16</v>
       </c>
       <c r="C14" t="s">
         <v>17</v>
       </c>
       <c r="D14" t="s">
         <v>18</v>
       </c>
       <c r="E14" t="s">
         <v>47</v>
       </c>
       <c r="F14" t="s">
         <v>48</v>
       </c>
       <c r="G14">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="H14" t="s">
         <v>21</v>
       </c>
       <c r="I14" t="s">
         <v>22</v>
       </c>
       <c r="J14">
         <v>25</v>
       </c>
       <c r="K14">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>23</v>
       </c>
       <c r="N14"/>
       <c r="O14" t="s">
         <v>24</v>
       </c>
       <c r="P14"/>
     </row>
     <row r="15" spans="1:16">
       <c r="B15" t="s">
         <v>16</v>
       </c>
       <c r="C15" t="s">
         <v>17</v>
       </c>
       <c r="D15" t="s">
         <v>18</v>
       </c>
       <c r="E15" t="s">
         <v>49</v>
       </c>
       <c r="F15" t="s">
         <v>50</v>
       </c>
       <c r="G15">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="H15" t="s">
         <v>21</v>
       </c>
       <c r="I15" t="s">
         <v>22</v>
       </c>
       <c r="J15">
         <v>25</v>
       </c>
       <c r="K15">
         <v>1</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>23</v>
       </c>
       <c r="N15"/>
       <c r="O15" t="s">
         <v>24</v>
       </c>
       <c r="P15"/>
     </row>
     <row r="16" spans="1:16">
       <c r="B16" t="s">
         <v>16</v>
       </c>
       <c r="C16" t="s">
         <v>17</v>
       </c>
       <c r="D16" t="s">
         <v>18</v>
       </c>
       <c r="E16" t="s">
         <v>51</v>
       </c>
       <c r="F16" t="s">
         <v>52</v>
       </c>
       <c r="G16">
+        <v>13</v>
+      </c>
+      <c r="H16" t="s">
+        <v>21</v>
+      </c>
+      <c r="I16" t="s">
+        <v>22</v>
+      </c>
+      <c r="J16">
+        <v>25</v>
+      </c>
+      <c r="K16">
         <v>10</v>
-      </c>
-[...10 lines deleted...]
-        <v>6</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>23</v>
       </c>
       <c r="N16"/>
       <c r="O16" t="s">
         <v>24</v>
       </c>
       <c r="P16"/>
     </row>
     <row r="17" spans="1:16">
       <c r="B17" t="s">
         <v>16</v>
       </c>
       <c r="C17" t="s">
         <v>17</v>
       </c>
       <c r="D17" t="s">
         <v>18</v>
       </c>
       <c r="E17" t="s">
         <v>53</v>
       </c>
       <c r="F17" t="s">
         <v>54</v>
       </c>
       <c r="G17">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="H17" t="s">
         <v>21</v>
       </c>
       <c r="I17" t="s">
         <v>22</v>
       </c>
       <c r="J17">
         <v>25</v>
       </c>
       <c r="K17">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
         <v>23</v>
       </c>
       <c r="N17"/>
       <c r="O17" t="s">
         <v>24</v>
       </c>
       <c r="P17"/>
     </row>
     <row r="18" spans="1:16">
       <c r="B18" t="s">
         <v>16</v>
       </c>
       <c r="C18" t="s">
         <v>17</v>
       </c>
       <c r="D18" t="s">
         <v>18</v>
       </c>
       <c r="E18" t="s">
         <v>55</v>
       </c>
       <c r="F18" t="s">
         <v>56</v>
       </c>
       <c r="G18">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="H18" t="s">
         <v>21</v>
       </c>
       <c r="I18" t="s">
         <v>22</v>
       </c>
       <c r="J18">
         <v>25</v>
       </c>
       <c r="K18">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>23</v>
       </c>
       <c r="N18"/>
       <c r="O18" t="s">
         <v>24</v>
       </c>
       <c r="P18"/>
     </row>
     <row r="19" spans="1:16">
       <c r="B19" t="s">
         <v>16</v>
       </c>
       <c r="C19" t="s">
         <v>17</v>
       </c>
       <c r="D19" t="s">
         <v>18</v>
       </c>
       <c r="E19" t="s">
         <v>57</v>
       </c>
       <c r="F19" t="s">
         <v>58</v>
       </c>
       <c r="G19">
         <v>10</v>
       </c>
       <c r="H19" t="s">
         <v>21</v>
       </c>
       <c r="I19" t="s">
         <v>22</v>
       </c>
       <c r="J19">
         <v>25</v>
       </c>
       <c r="K19">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
         <v>23</v>
       </c>
       <c r="N19"/>
       <c r="O19" t="s">
         <v>24</v>
       </c>
       <c r="P19"/>
     </row>
     <row r="20" spans="1:16">
       <c r="B20" t="s">
         <v>16</v>
       </c>
       <c r="C20" t="s">
         <v>17</v>
       </c>
       <c r="D20" t="s">
         <v>18</v>
       </c>
       <c r="E20" t="s">
         <v>59</v>
       </c>
       <c r="F20" t="s">
         <v>60</v>
       </c>
       <c r="G20">
         <v>10</v>
       </c>
       <c r="H20" t="s">
         <v>21</v>
       </c>
       <c r="I20" t="s">
         <v>22</v>
       </c>
       <c r="J20">
         <v>25</v>
       </c>
       <c r="K20">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
         <v>23</v>
       </c>
       <c r="N20"/>
       <c r="O20" t="s">
         <v>24</v>
       </c>
       <c r="P20"/>
     </row>
     <row r="21" spans="1:16">
       <c r="B21" t="s">
         <v>16</v>
       </c>
       <c r="C21" t="s">
         <v>17</v>
       </c>
       <c r="D21" t="s">
         <v>18</v>
       </c>
       <c r="E21" t="s">
         <v>61</v>
       </c>
       <c r="F21" t="s">
         <v>62</v>
       </c>
       <c r="G21">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H21" t="s">
         <v>21</v>
       </c>
       <c r="I21" t="s">
         <v>22</v>
       </c>
       <c r="J21">
         <v>25</v>
       </c>
       <c r="K21">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
         <v>23</v>
       </c>
       <c r="N21"/>
       <c r="O21" t="s">
         <v>24</v>
       </c>
       <c r="P21"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>