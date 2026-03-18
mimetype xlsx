--- v0 (2025-10-30)
+++ v1 (2026-03-18)
@@ -179,51 +179,51 @@
   <si>
     <t xml:space="preserve">SURYODAY </t>
   </si>
   <si>
     <t>PRAVEEN SHARMA</t>
   </si>
   <si>
     <t xml:space="preserve">SHIVANSHI THAKUR </t>
   </si>
   <si>
     <t>SANDEEP KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">SHAURYA SINGH </t>
   </si>
   <si>
     <t>SHIV SINGH</t>
   </si>
   <si>
     <t xml:space="preserve">SHARVAM SHARMA </t>
   </si>
   <si>
     <t>MUKESH KUMAR</t>
   </si>
   <si>
-    <t xml:space="preserve">AASHI </t>
+    <t xml:space="preserve">AASHI SHARMA </t>
   </si>
   <si>
     <t>RAMESH CHAND</t>
   </si>
   <si>
     <t xml:space="preserve">SANVI </t>
   </si>
   <si>
     <t xml:space="preserve">TAJ KHAN </t>
   </si>
   <si>
     <t xml:space="preserve">SAKSHAM SINGH </t>
   </si>
   <si>
     <t xml:space="preserve">ROMIT SHARMA </t>
   </si>
   <si>
     <t>SUSHIL KUMAR SHARMA</t>
   </si>
   <si>
     <t xml:space="preserve">REYANSH SHARMA </t>
   </si>
   <si>
     <t xml:space="preserve">NIKSHIT SHARMA </t>
   </si>