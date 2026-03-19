--- v0 (2025-11-12)
+++ v1 (2026-03-19)
@@ -62,51 +62,51 @@
   <si>
     <t>UOM</t>
   </si>
   <si>
     <t>Max</t>
   </si>
   <si>
     <t>Score</t>
   </si>
   <si>
     <t>Ans-sheet</t>
   </si>
   <si>
     <t>created-at</t>
   </si>
   <si>
     <t>submitted_at</t>
   </si>
   <si>
     <t>Checked-at</t>
   </si>
   <si>
     <t>Remarks</t>
   </si>
   <si>
-    <t xml:space="preserve">Shilpa </t>
+    <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>11TH (MEDICAL)-B</t>
   </si>
   <si>
     <t xml:space="preserve">UJWAL THAKUR </t>
   </si>
   <si>
     <t>ASHWANI KUMAR</t>
   </si>
   <si>
     <t>submitted</t>
   </si>
   <si>
     <t>Marks</t>
   </si>
   <si>
     <t>2025-02-22 11:18:00</t>
   </si>
   <si>
     <t>TANZIN  PALDEN</t>
   </si>
   <si>
     <t>TASHI BODH</t>
   </si>