--- v0 (2025-10-29)
+++ v1 (2026-03-19)
@@ -62,51 +62,51 @@
   <si>
     <t>UOM</t>
   </si>
   <si>
     <t>Max</t>
   </si>
   <si>
     <t>Score</t>
   </si>
   <si>
     <t>Ans-sheet</t>
   </si>
   <si>
     <t>created-at</t>
   </si>
   <si>
     <t>submitted_at</t>
   </si>
   <si>
     <t>Checked-at</t>
   </si>
   <si>
     <t>Remarks</t>
   </si>
   <si>
-    <t xml:space="preserve">SARITA DEVI </t>
+    <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>5TH-Navy</t>
   </si>
   <si>
     <t>SCIENCE</t>
   </si>
   <si>
     <t xml:space="preserve">AVANTIKA </t>
   </si>
   <si>
     <t>NAVNEET JASWAL</t>
   </si>
   <si>
     <t>checked</t>
   </si>
   <si>
     <t>Marks</t>
   </si>
   <si>
     <t>2025-02-13 14:33:20</t>
   </si>
   <si>
     <t>2025-02-13 14:35:22</t>
   </si>