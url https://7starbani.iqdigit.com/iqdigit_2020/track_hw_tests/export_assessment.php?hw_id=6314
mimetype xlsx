--- v0 (2025-11-10)
+++ v1 (2026-03-19)
@@ -62,51 +62,51 @@
   <si>
     <t>UOM</t>
   </si>
   <si>
     <t>Max</t>
   </si>
   <si>
     <t>Score</t>
   </si>
   <si>
     <t>Ans-sheet</t>
   </si>
   <si>
     <t>created-at</t>
   </si>
   <si>
     <t>submitted_at</t>
   </si>
   <si>
     <t>Checked-at</t>
   </si>
   <si>
     <t>Remarks</t>
   </si>
   <si>
-    <t>Samta Kumari</t>
+    <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>9TH-Army</t>
   </si>
   <si>
     <t>SCIENCE</t>
   </si>
   <si>
     <t>ANJAL THAKUR</t>
   </si>
   <si>
     <t>LUCKY THAKUR</t>
   </si>
   <si>
     <t>checked</t>
   </si>
   <si>
     <t>Marks</t>
   </si>
   <si>
     <t>2025-02-06 11:04:34</t>
   </si>
   <si>
     <t>2025-02-07 10:18:50</t>
   </si>
@@ -179,54 +179,54 @@
   <si>
     <t xml:space="preserve">AAYUSH BANYAL </t>
   </si>
   <si>
     <t>RIPAN KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">PIYUSH CHAUHAN </t>
   </si>
   <si>
     <t>SURJEET KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">NIDHI SHARMA </t>
   </si>
   <si>
     <t>NARESH KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">NAMAN JASWAL  </t>
   </si>
   <si>
     <t>RAVI SINGH</t>
   </si>
   <si>
-    <t xml:space="preserve">MRIDUL SHANKAR </t>
-[...2 lines deleted...]
-    <t>RAMA SHANKAR</t>
+    <t xml:space="preserve">MRIDUL SHANKER </t>
+  </si>
+  <si>
+    <t>RAMA SHANKER</t>
   </si>
   <si>
     <t xml:space="preserve">HARSHITA KAPOOR </t>
   </si>
   <si>
     <t>UMESH KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">ARYAN SHARMA </t>
   </si>
   <si>
     <t>VIJAY KUMAR</t>
   </si>
   <si>
     <t>ARNAV BHOGAL</t>
   </si>
   <si>
     <t>SANDEEP BHOGAL</t>
   </si>
   <si>
     <t>ANMOL SHARMA</t>
   </si>
   <si>
     <t>SANJEEV KUMAR</t>
   </si>