--- v0 (2025-12-20)
+++ v1 (2026-03-19)
@@ -62,51 +62,51 @@
   <si>
     <t>UOM</t>
   </si>
   <si>
     <t>Max</t>
   </si>
   <si>
     <t>Score</t>
   </si>
   <si>
     <t>Ans-sheet</t>
   </si>
   <si>
     <t>created-at</t>
   </si>
   <si>
     <t>submitted_at</t>
   </si>
   <si>
     <t>Checked-at</t>
   </si>
   <si>
     <t>Remarks</t>
   </si>
   <si>
-    <t xml:space="preserve">Shilpa </t>
+    <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>9TH-Navy</t>
   </si>
   <si>
     <t>MATHS</t>
   </si>
   <si>
     <t xml:space="preserve">KHUSHI SHARMA </t>
   </si>
   <si>
     <t>SUSHEEL KUMAR</t>
   </si>
   <si>
     <t>checked</t>
   </si>
   <si>
     <t>Marks</t>
   </si>
   <si>
     <t>2024-12-24 10:56:46</t>
   </si>
   <si>
     <t>2024-12-24 10:59:40</t>
   </si>