--- v0 (2025-10-30)
+++ v1 (2025-12-21)
@@ -299,51 +299,51 @@
   <si>
     <t>NARESH SHARMA</t>
   </si>
   <si>
     <t>2024-11-29 14:35:42</t>
   </si>
   <si>
     <t xml:space="preserve">MANVI THAKUR </t>
   </si>
   <si>
     <t>MANISH KUMAR</t>
   </si>
   <si>
     <t>2024-11-29 14:37:47</t>
   </si>
   <si>
     <t xml:space="preserve">LAVISH THAKUR </t>
   </si>
   <si>
     <t>MANOJ THAKUR</t>
   </si>
   <si>
     <t>2024-11-29 14:37:42</t>
   </si>
   <si>
-    <t xml:space="preserve">LAUREN </t>
+    <t xml:space="preserve">LAUREN SHARMA </t>
   </si>
   <si>
     <t>SUSHIL KUMAR</t>
   </si>
   <si>
     <t>03</t>
   </si>
   <si>
     <t>2024-11-29 14:37:25</t>
   </si>
   <si>
     <t xml:space="preserve">work hard </t>
   </si>
   <si>
     <t xml:space="preserve">KANNAN MODGIL </t>
   </si>
   <si>
     <t>SUMIT KUMAR</t>
   </si>
   <si>
     <t>2024-11-29 14:37:14</t>
   </si>
   <si>
     <t xml:space="preserve">HAREN THAKUR </t>
   </si>