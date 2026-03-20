--- v0 (2025-10-30)
+++ v1 (2026-03-20)
@@ -62,51 +62,51 @@
   <si>
     <t>UOM</t>
   </si>
   <si>
     <t>Max</t>
   </si>
   <si>
     <t>Score</t>
   </si>
   <si>
     <t>Ans-sheet</t>
   </si>
   <si>
     <t>created-at</t>
   </si>
   <si>
     <t>submitted_at</t>
   </si>
   <si>
     <t>Checked-at</t>
   </si>
   <si>
     <t>Remarks</t>
   </si>
   <si>
-    <t>Samta Kumari</t>
+    <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>7TH-Navy</t>
   </si>
   <si>
     <t>SCIENCE</t>
   </si>
   <si>
     <t xml:space="preserve">ARNAV PATHANIA </t>
   </si>
   <si>
     <t>VIKRAM SINGH</t>
   </si>
   <si>
     <t>checked</t>
   </si>
   <si>
     <t>Marks</t>
   </si>
   <si>
     <t>2024-11-28 12:48:22</t>
   </si>
   <si>
     <t>2024-12-09 11:10:43</t>
   </si>
@@ -164,51 +164,51 @@
   <si>
     <t xml:space="preserve">SHIVEN SHARMA </t>
   </si>
   <si>
     <t>VISHAL SHARMA</t>
   </si>
   <si>
     <t xml:space="preserve">SHARNYA  </t>
   </si>
   <si>
     <t>VINOD KUMAR</t>
   </si>
   <si>
     <t>SHAGUN  SHARMA</t>
   </si>
   <si>
     <t>SANJEEV KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">SAKSHAM KALIA </t>
   </si>
   <si>
     <t>MUNISH KALIA</t>
   </si>
   <si>
-    <t xml:space="preserve">RIDHIMA </t>
+    <t xml:space="preserve">RIDHIMA THAKUR </t>
   </si>
   <si>
     <t>AJAY KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">REEJAL THAKUR </t>
   </si>
   <si>
     <t>MAHAINDER SINGH</t>
   </si>
   <si>
     <t xml:space="preserve">RADHIKA THAKUR </t>
   </si>
   <si>
     <t>YUDHBIR SINGH</t>
   </si>
   <si>
     <t xml:space="preserve">AAYUESH SHARMA </t>
   </si>
   <si>
     <t xml:space="preserve">PARV SINGH CHANDEL </t>
   </si>
   <si>
     <t>HOSHIAR SINGH</t>
   </si>