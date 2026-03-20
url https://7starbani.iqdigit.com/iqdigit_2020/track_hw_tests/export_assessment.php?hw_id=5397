--- v0 (2025-10-31)
+++ v1 (2026-03-20)
@@ -176,51 +176,51 @@
   <si>
     <t xml:space="preserve">SHIVEN SHARMA </t>
   </si>
   <si>
     <t>VISHAL SHARMA</t>
   </si>
   <si>
     <t xml:space="preserve">SHARNYA  </t>
   </si>
   <si>
     <t>VINOD KUMAR</t>
   </si>
   <si>
     <t>SHAGUN  SHARMA</t>
   </si>
   <si>
     <t>SANJEEV KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">SAKSHAM KALIA </t>
   </si>
   <si>
     <t>MUNISH KALIA</t>
   </si>
   <si>
-    <t xml:space="preserve">RIDHIMA </t>
+    <t xml:space="preserve">RIDHIMA THAKUR </t>
   </si>
   <si>
     <t>AJAY KUMAR</t>
   </si>
   <si>
     <t>03</t>
   </si>
   <si>
     <t xml:space="preserve">REEJAL THAKUR </t>
   </si>
   <si>
     <t>MAHAINDER SINGH</t>
   </si>
   <si>
     <t xml:space="preserve">RADHIKA THAKUR </t>
   </si>
   <si>
     <t>YUDHBIR SINGH</t>
   </si>
   <si>
     <t xml:space="preserve">AAYUESH SHARMA </t>
   </si>
   <si>
     <t xml:space="preserve">PARV SINGH CHANDEL </t>
   </si>