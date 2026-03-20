--- v0 (2025-10-31)
+++ v1 (2026-03-20)
@@ -62,51 +62,51 @@
   <si>
     <t>UOM</t>
   </si>
   <si>
     <t>Max</t>
   </si>
   <si>
     <t>Score</t>
   </si>
   <si>
     <t>Ans-sheet</t>
   </si>
   <si>
     <t>created-at</t>
   </si>
   <si>
     <t>submitted_at</t>
   </si>
   <si>
     <t>Checked-at</t>
   </si>
   <si>
     <t>Remarks</t>
   </si>
   <si>
-    <t xml:space="preserve">Shilpa </t>
+    <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>8TH-Navy</t>
   </si>
   <si>
     <t xml:space="preserve">GAURI SHARMA </t>
   </si>
   <si>
     <t>MUNISH KUMAR</t>
   </si>
   <si>
     <t>submitted</t>
   </si>
   <si>
     <t>Marks</t>
   </si>
   <si>
     <t>2024-11-18 12:03:09</t>
   </si>
   <si>
     <t>ARAV RAJPUT</t>
   </si>
   <si>
     <t>KANA SINGH</t>
   </si>