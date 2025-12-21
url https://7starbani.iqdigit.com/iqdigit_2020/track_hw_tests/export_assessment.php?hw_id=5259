--- v0 (2025-10-31)
+++ v1 (2025-12-21)
@@ -299,51 +299,51 @@
   <si>
     <t>NARESH SHARMA</t>
   </si>
   <si>
     <t>2024-11-17 20:29:31</t>
   </si>
   <si>
     <t xml:space="preserve">MANVI THAKUR </t>
   </si>
   <si>
     <t>MANISH KUMAR</t>
   </si>
   <si>
     <t>2024-11-17 20:31:28</t>
   </si>
   <si>
     <t xml:space="preserve">LAVISH THAKUR </t>
   </si>
   <si>
     <t>MANOJ THAKUR</t>
   </si>
   <si>
     <t>2024-11-17 20:31:22</t>
   </si>
   <si>
-    <t xml:space="preserve">LAUREN </t>
+    <t xml:space="preserve">LAUREN SHARMA </t>
   </si>
   <si>
     <t>SUSHIL KUMAR</t>
   </si>
   <si>
     <t>2024-11-17 20:31:15</t>
   </si>
   <si>
     <t xml:space="preserve">KANNAN MODGIL </t>
   </si>
   <si>
     <t>SUMIT KUMAR</t>
   </si>
   <si>
     <t>2024-11-17 20:31:06</t>
   </si>
   <si>
     <t xml:space="preserve">HAREN THAKUR </t>
   </si>
   <si>
     <t>KAPIL DEV</t>
   </si>
   <si>
     <t>2024-11-17 20:30:58</t>
   </si>