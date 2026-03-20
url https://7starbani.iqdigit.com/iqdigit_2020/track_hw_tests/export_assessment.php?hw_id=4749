--- v0 (2025-11-03)
+++ v1 (2026-03-20)
@@ -62,51 +62,51 @@
   <si>
     <t>UOM</t>
   </si>
   <si>
     <t>Max</t>
   </si>
   <si>
     <t>Score</t>
   </si>
   <si>
     <t>Ans-sheet</t>
   </si>
   <si>
     <t>created-at</t>
   </si>
   <si>
     <t>submitted_at</t>
   </si>
   <si>
     <t>Checked-at</t>
   </si>
   <si>
     <t>Remarks</t>
   </si>
   <si>
-    <t>Neelam  Sharma</t>
+    <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>5TH-Army</t>
   </si>
   <si>
     <t xml:space="preserve">SCIENCE </t>
   </si>
   <si>
     <t xml:space="preserve">HARSHIT SHARMA </t>
   </si>
   <si>
     <t>NARESH KUMAR</t>
   </si>
   <si>
     <t>wip</t>
   </si>
   <si>
     <t>Marks</t>
   </si>
   <si>
     <t>2024-09-09 13:11:47</t>
   </si>
   <si>
     <t xml:space="preserve">GIRISH THAKUR </t>
   </si>
@@ -152,51 +152,51 @@
   <si>
     <t>VIKRAMJEET SINGH</t>
   </si>
   <si>
     <t xml:space="preserve">SHIVANNYA SHARMA </t>
   </si>
   <si>
     <t>AMIT KUMAR SHARMA</t>
   </si>
   <si>
     <t xml:space="preserve">HIMANI </t>
   </si>
   <si>
     <t>SURINDER DHIMAN</t>
   </si>
   <si>
     <t xml:space="preserve">TANISHA </t>
   </si>
   <si>
     <t xml:space="preserve">KAVYA SHARMA </t>
   </si>
   <si>
     <t>RAJEEV SHARMA</t>
   </si>
   <si>
-    <t xml:space="preserve">NIKUNJ </t>
+    <t xml:space="preserve">NIKUNJ BANYAL </t>
   </si>
   <si>
     <t>AJAY KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">SHIVANGI JUNDWAL </t>
   </si>
   <si>
     <t>DILDAR SINGH</t>
   </si>
   <si>
     <t xml:space="preserve">SAANVI RYHAL </t>
   </si>
   <si>
     <t>SUNIL KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">VANSHIKA THAKUR </t>
   </si>
   <si>
     <t>VISHAL KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">MISHTHI THAKUR </t>
   </si>