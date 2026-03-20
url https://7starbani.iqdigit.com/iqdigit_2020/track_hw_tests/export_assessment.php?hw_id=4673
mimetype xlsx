--- v0 (2025-12-21)
+++ v1 (2026-03-20)
@@ -62,51 +62,51 @@
   <si>
     <t>UOM</t>
   </si>
   <si>
     <t>Max</t>
   </si>
   <si>
     <t>Score</t>
   </si>
   <si>
     <t>Ans-sheet</t>
   </si>
   <si>
     <t>created-at</t>
   </si>
   <si>
     <t>submitted_at</t>
   </si>
   <si>
     <t>Checked-at</t>
   </si>
   <si>
     <t>Remarks</t>
   </si>
   <si>
-    <t xml:space="preserve">Shilpa </t>
+    <t xml:space="preserve"> </t>
   </si>
   <si>
     <t xml:space="preserve">8TH-Airforce </t>
   </si>
   <si>
     <t>MATHS</t>
   </si>
   <si>
     <t xml:space="preserve">ARYAN PATHANIA </t>
   </si>
   <si>
     <t>BALDEV SINGH</t>
   </si>
   <si>
     <t>checked</t>
   </si>
   <si>
     <t>Marks</t>
   </si>
   <si>
     <t>2024-09-05 10:39:04</t>
   </si>
   <si>
     <t>2024-09-07 11:27:03</t>
   </si>