--- v0 (2025-12-21)
+++ v1 (2026-03-20)
@@ -185,51 +185,51 @@
   <si>
     <t xml:space="preserve">HIMANI </t>
   </si>
   <si>
     <t>SURINDER DHIMAN</t>
   </si>
   <si>
     <t>2024-09-04 10:39:36</t>
   </si>
   <si>
     <t xml:space="preserve">TANISHA </t>
   </si>
   <si>
     <t>2024-09-04 10:41:48</t>
   </si>
   <si>
     <t xml:space="preserve">KAVYA SHARMA </t>
   </si>
   <si>
     <t>RAJEEV SHARMA</t>
   </si>
   <si>
     <t>2024-09-04 10:39:47</t>
   </si>
   <si>
-    <t xml:space="preserve">NIKUNJ </t>
+    <t xml:space="preserve">NIKUNJ BANYAL </t>
   </si>
   <si>
     <t>AJAY KUMAR</t>
   </si>
   <si>
     <t>2024-09-04 10:39:59</t>
   </si>
   <si>
     <t xml:space="preserve">SHIVANGI JUNDWAL </t>
   </si>
   <si>
     <t>DILDAR SINGH</t>
   </si>
   <si>
     <t>submitted</t>
   </si>
   <si>
     <t xml:space="preserve">SAANVI RYHAL </t>
   </si>
   <si>
     <t>SUNIL KUMAR</t>
   </si>
   <si>
     <t>2024-09-04 10:40:25</t>
   </si>