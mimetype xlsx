--- v0 (2025-11-03)
+++ v1 (2026-03-20)
@@ -227,51 +227,51 @@
   <si>
     <t>VISHAL SHARMA</t>
   </si>
   <si>
     <t>2024-09-03 12:24:19</t>
   </si>
   <si>
     <t>SHAGUN  SHARMA</t>
   </si>
   <si>
     <t>SANJEEV KUMAR</t>
   </si>
   <si>
     <t>2024-09-03 12:24:11</t>
   </si>
   <si>
     <t xml:space="preserve">SAKSHAM KALIA </t>
   </si>
   <si>
     <t>MUNISH KALIA</t>
   </si>
   <si>
     <t>2024-09-03 12:23:59</t>
   </si>
   <si>
-    <t xml:space="preserve">RIDHIMA </t>
+    <t xml:space="preserve">RIDHIMA THAKUR </t>
   </si>
   <si>
     <t>AJAY KUMAR</t>
   </si>
   <si>
     <t>2024-09-03 12:23:52</t>
   </si>
   <si>
     <t xml:space="preserve">REEJAL THAKUR </t>
   </si>
   <si>
     <t>MAHAINDER SINGH</t>
   </si>
   <si>
     <t>2024-09-03 12:23:42</t>
   </si>
   <si>
     <t xml:space="preserve">RADHIKA THAKUR </t>
   </si>
   <si>
     <t>YUDHBIR SINGH</t>
   </si>
   <si>
     <t>2024-09-03 12:23:36</t>
   </si>