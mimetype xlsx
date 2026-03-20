--- v0 (2025-12-22)
+++ v1 (2026-03-20)
@@ -227,51 +227,51 @@
   <si>
     <t>SHAGUN  SHARMA</t>
   </si>
   <si>
     <t>SANJEEV KUMAR</t>
   </si>
   <si>
     <t>pending</t>
   </si>
   <si>
     <t>2024-08-20 16:17:23</t>
   </si>
   <si>
     <t>Rejected- Re-submit Assessment</t>
   </si>
   <si>
     <t xml:space="preserve">SAKSHAM KALIA </t>
   </si>
   <si>
     <t>MUNISH KALIA</t>
   </si>
   <si>
     <t>2024-08-20 16:15:41</t>
   </si>
   <si>
-    <t xml:space="preserve">RIDHIMA </t>
+    <t xml:space="preserve">RIDHIMA THAKUR </t>
   </si>
   <si>
     <t>AJAY KUMAR</t>
   </si>
   <si>
     <t>01</t>
   </si>
   <si>
     <t>2024-08-20 16:15:29</t>
   </si>
   <si>
     <t xml:space="preserve">work hard </t>
   </si>
   <si>
     <t xml:space="preserve">REEJAL THAKUR </t>
   </si>
   <si>
     <t>MAHAINDER SINGH</t>
   </si>
   <si>
     <t>2024-08-20 16:15:10</t>
   </si>
   <si>
     <t xml:space="preserve">RADHIKA THAKUR </t>
   </si>