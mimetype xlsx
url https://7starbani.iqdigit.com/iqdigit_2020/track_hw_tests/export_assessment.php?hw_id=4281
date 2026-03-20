--- v0 (2025-11-04)
+++ v1 (2026-03-20)
@@ -167,51 +167,51 @@
   <si>
     <t>absent</t>
   </si>
   <si>
     <t xml:space="preserve">SHIVANNYA SHARMA </t>
   </si>
   <si>
     <t>AMIT KUMAR SHARMA</t>
   </si>
   <si>
     <t xml:space="preserve">HIMANI </t>
   </si>
   <si>
     <t>SURINDER DHIMAN</t>
   </si>
   <si>
     <t xml:space="preserve">TANISHA </t>
   </si>
   <si>
     <t xml:space="preserve">KAVYA SHARMA </t>
   </si>
   <si>
     <t>RAJEEV SHARMA</t>
   </si>
   <si>
-    <t xml:space="preserve">NIKUNJ </t>
+    <t xml:space="preserve">NIKUNJ BANYAL </t>
   </si>
   <si>
     <t>AJAY KUMAR</t>
   </si>
   <si>
     <t>09</t>
   </si>
   <si>
     <t xml:space="preserve">SHIVANGI JUNDWAL </t>
   </si>
   <si>
     <t>DILDAR SINGH</t>
   </si>
   <si>
     <t xml:space="preserve">SAANVI RYHAL </t>
   </si>
   <si>
     <t>SUNIL KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">VANSHIKA THAKUR </t>
   </si>
   <si>
     <t>VISHAL KUMAR</t>
   </si>