--- v0 (2025-11-04)
+++ v1 (2026-03-20)
@@ -203,54 +203,54 @@
   <si>
     <t>RIPAN KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">PIYUSH CHAUHAN </t>
   </si>
   <si>
     <t>SURJEET KUMAR</t>
   </si>
   <si>
     <t>06</t>
   </si>
   <si>
     <t xml:space="preserve">NIDHI SHARMA </t>
   </si>
   <si>
     <t>NARESH KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">NAMAN JASWAL  </t>
   </si>
   <si>
     <t>RAVI SINGH</t>
   </si>
   <si>
-    <t xml:space="preserve">MRIDUL SHANKAR </t>
-[...2 lines deleted...]
-    <t>RAMA SHANKAR</t>
+    <t xml:space="preserve">MRIDUL SHANKER </t>
+  </si>
+  <si>
+    <t>RAMA SHANKER</t>
   </si>
   <si>
     <t xml:space="preserve">HARSHITA KAPOOR </t>
   </si>
   <si>
     <t>UMESH KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">ARYAN SHARMA </t>
   </si>
   <si>
     <t>VIJAY KUMAR</t>
   </si>
   <si>
     <t>07</t>
   </si>
   <si>
     <t>ARNAV BHOGAL</t>
   </si>
   <si>
     <t>SANDEEP BHOGAL</t>
   </si>
   <si>
     <t>ANMOL SHARMA</t>
   </si>