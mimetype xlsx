--- v0 (2025-11-05)
+++ v1 (2026-03-21)
@@ -62,51 +62,51 @@
   <si>
     <t>UOM</t>
   </si>
   <si>
     <t>Max</t>
   </si>
   <si>
     <t>Score</t>
   </si>
   <si>
     <t>Ans-sheet</t>
   </si>
   <si>
     <t>created-at</t>
   </si>
   <si>
     <t>submitted_at</t>
   </si>
   <si>
     <t>Checked-at</t>
   </si>
   <si>
     <t>Remarks</t>
   </si>
   <si>
-    <t>Neelam  Sharma</t>
+    <t xml:space="preserve"> </t>
   </si>
   <si>
     <t xml:space="preserve">4TH-Airforce </t>
   </si>
   <si>
     <t>SCIENCE</t>
   </si>
   <si>
     <t xml:space="preserve">ASHISH KUMAR </t>
   </si>
   <si>
     <t>MADAN LAL</t>
   </si>
   <si>
     <t>checked</t>
   </si>
   <si>
     <t>Marks</t>
   </si>
   <si>
     <t>2024-06-12 10:28:41</t>
   </si>
   <si>
     <t>2024-06-12 10:30:11</t>
   </si>