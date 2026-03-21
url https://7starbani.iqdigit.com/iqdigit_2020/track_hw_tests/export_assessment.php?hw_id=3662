--- v0 (2025-11-05)
+++ v1 (2026-03-21)
@@ -152,66 +152,66 @@
   <si>
     <t>BISHAN DASS</t>
   </si>
   <si>
     <t>2024-05-30 11:32:08</t>
   </si>
   <si>
     <t xml:space="preserve">AKSHITA </t>
   </si>
   <si>
     <t>SHIV SINGH</t>
   </si>
   <si>
     <t>2024-05-30 11:32:03</t>
   </si>
   <si>
     <t xml:space="preserve">SHIVA THAKUR  </t>
   </si>
   <si>
     <t>PARAMVIR SINGH</t>
   </si>
   <si>
     <t>2024-05-30 11:34:07</t>
   </si>
   <si>
+    <t xml:space="preserve">SHAGUN RANA </t>
+  </si>
+  <si>
+    <t>RAKESH KUMAR</t>
+  </si>
+  <si>
+    <t>2024-05-30 11:33:40</t>
+  </si>
+  <si>
     <t xml:space="preserve">SHIKHAR SHARMA </t>
   </si>
   <si>
     <t>ROHIT KUMAR</t>
   </si>
   <si>
     <t>2024-05-30 11:33:47</t>
-  </si>
-[...7 lines deleted...]
-    <t>2024-05-30 11:33:40</t>
   </si>
   <si>
     <t>SAMRITI SEHGAL</t>
   </si>
   <si>
     <t>2024-05-30 11:33:30</t>
   </si>
   <si>
     <t xml:space="preserve">PRIYANSHI BHARDWAJ </t>
   </si>
   <si>
     <t>NARESH KUMAR</t>
   </si>
   <si>
     <t>2024-05-30 11:33:23</t>
   </si>
   <si>
     <t xml:space="preserve">PRAGYA SHARMA </t>
   </si>
   <si>
     <t>RAJ KUMAR</t>
   </si>
   <si>
     <t>2024-05-30 11:33:17</t>
   </si>
@@ -984,171 +984,171 @@
         <v>23</v>
       </c>
       <c r="N8"/>
       <c r="O8" t="s">
         <v>42</v>
       </c>
       <c r="P8"/>
     </row>
     <row r="9" spans="1:16">
       <c r="B9" t="s">
         <v>16</v>
       </c>
       <c r="C9" t="s">
         <v>17</v>
       </c>
       <c r="D9" t="s">
         <v>18</v>
       </c>
       <c r="E9" t="s">
         <v>43</v>
       </c>
       <c r="F9" t="s">
         <v>44</v>
       </c>
       <c r="G9">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H9" t="s">
         <v>21</v>
       </c>
       <c r="I9" t="s">
         <v>22</v>
       </c>
       <c r="J9">
         <v>25</v>
       </c>
       <c r="K9">
         <v>5</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>23</v>
       </c>
       <c r="N9"/>
       <c r="O9" t="s">
         <v>45</v>
       </c>
       <c r="P9"/>
     </row>
     <row r="10" spans="1:16">
       <c r="B10" t="s">
         <v>16</v>
       </c>
       <c r="C10" t="s">
         <v>17</v>
       </c>
       <c r="D10" t="s">
         <v>18</v>
       </c>
       <c r="E10" t="s">
         <v>46</v>
       </c>
       <c r="F10" t="s">
         <v>47</v>
       </c>
       <c r="G10">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="H10" t="s">
         <v>21</v>
       </c>
       <c r="I10" t="s">
         <v>22</v>
       </c>
       <c r="J10">
         <v>25</v>
       </c>
       <c r="K10">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>23</v>
       </c>
       <c r="N10"/>
       <c r="O10" t="s">
         <v>48</v>
       </c>
       <c r="P10"/>
     </row>
     <row r="11" spans="1:16">
       <c r="B11" t="s">
         <v>16</v>
       </c>
       <c r="C11" t="s">
         <v>17</v>
       </c>
       <c r="D11" t="s">
         <v>18</v>
       </c>
       <c r="E11" t="s">
         <v>49</v>
       </c>
       <c r="F11" t="s">
         <v>50</v>
       </c>
       <c r="G11">
         <v>24</v>
       </c>
       <c r="H11" t="s">
         <v>21</v>
       </c>
       <c r="I11" t="s">
         <v>22</v>
       </c>
       <c r="J11">
         <v>25</v>
       </c>
       <c r="K11">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>23</v>
       </c>
       <c r="N11"/>
       <c r="O11" t="s">
         <v>51</v>
       </c>
       <c r="P11"/>
     </row>
     <row r="12" spans="1:16">
       <c r="B12" t="s">
         <v>16</v>
       </c>
       <c r="C12" t="s">
         <v>17</v>
       </c>
       <c r="D12" t="s">
         <v>18</v>
       </c>
       <c r="E12" t="s">
         <v>52</v>
       </c>
       <c r="F12" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="G12">
         <v>23</v>
       </c>
       <c r="H12" t="s">
         <v>21</v>
       </c>
       <c r="I12" t="s">
         <v>22</v>
       </c>
       <c r="J12">
         <v>25</v>
       </c>
       <c r="K12">
         <v>8</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>23</v>
       </c>
       <c r="N12"/>
       <c r="O12" t="s">
         <v>53</v>
       </c>
       <c r="P12"/>