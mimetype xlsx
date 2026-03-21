--- v0 (2025-11-05)
+++ v1 (2026-03-21)
@@ -122,87 +122,87 @@
   <si>
     <t xml:space="preserve">KAASHVI SHARMA </t>
   </si>
   <si>
     <t>PUNEET KUMAR SHARMA</t>
   </si>
   <si>
     <t xml:space="preserve">ADVIKA PATHANIA </t>
   </si>
   <si>
     <t>VIPAN KUMAR</t>
   </si>
   <si>
     <t>Yeshmit  Rai</t>
   </si>
   <si>
     <t>Ankit roy</t>
   </si>
   <si>
     <t xml:space="preserve">ZEEVISHA CHOPRA  </t>
   </si>
   <si>
     <t xml:space="preserve">PRASHANT CHOPRA </t>
   </si>
   <si>
+    <t xml:space="preserve">VIHAAN SHRAMA </t>
+  </si>
+  <si>
+    <t>VIJAY KUMAR</t>
+  </si>
+  <si>
     <t xml:space="preserve">REYANSH SHARMA  </t>
   </si>
   <si>
     <t>JAI PARKASH SHARMA</t>
   </si>
   <si>
-    <t xml:space="preserve">VIHAAN SHRAMA </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">SHANVI CHANGRA </t>
   </si>
   <si>
     <t>NARESH KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">RIYANSHI SHARMA </t>
   </si>
   <si>
     <t>ARUN SHARMA</t>
   </si>
   <si>
+    <t xml:space="preserve">RIYANSH BHARDWAJ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PANKAJ BHARDWAJ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADVIK THAKUR </t>
+  </si>
+  <si>
+    <t>AMIT KUMAR</t>
+  </si>
+  <si>
     <t xml:space="preserve">SHIVANSH SHARMA </t>
-  </si>
-[...10 lines deleted...]
-    <t>AMIT KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">RITVIK SHARMA  </t>
   </si>
   <si>
     <t xml:space="preserve">ABHINAV SHARMA </t>
   </si>
   <si>
     <t xml:space="preserve">RUDRANSH SHARMA </t>
   </si>
   <si>
     <t>PRADEEP KUMAR</t>
   </si>
   <si>
     <t>NITISH KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">PRISHA  </t>
   </si>
   <si>
     <t>SURENDER KUMAR SEHGAL</t>
   </si>
   <si>
     <t xml:space="preserve">KUNAL THAKUR </t>
   </si>
@@ -945,51 +945,51 @@
       <c r="L9"/>
       <c r="M9" t="s">
         <v>23</v>
       </c>
       <c r="N9"/>
       <c r="O9"/>
       <c r="P9"/>
     </row>
     <row r="10" spans="1:16">
       <c r="B10" t="s">
         <v>16</v>
       </c>
       <c r="C10" t="s">
         <v>17</v>
       </c>
       <c r="D10" t="s">
         <v>18</v>
       </c>
       <c r="E10" t="s">
         <v>38</v>
       </c>
       <c r="F10" t="s">
         <v>39</v>
       </c>
       <c r="G10">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="H10" t="s">
         <v>21</v>
       </c>
       <c r="I10" t="s">
         <v>22</v>
       </c>
       <c r="J10">
         <v>10</v>
       </c>
       <c r="K10"/>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>23</v>
       </c>
       <c r="N10"/>
       <c r="O10"/>
       <c r="P10"/>
     </row>
     <row r="11" spans="1:16">
       <c r="B11" t="s">
         <v>16</v>
       </c>
       <c r="C11" t="s">
         <v>17</v>
@@ -1053,128 +1053,128 @@
         <v>10</v>
       </c>
       <c r="K12"/>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>23</v>
       </c>
       <c r="N12"/>
       <c r="O12"/>
       <c r="P12"/>
     </row>
     <row r="13" spans="1:16">
       <c r="B13" t="s">
         <v>16</v>
       </c>
       <c r="C13" t="s">
         <v>17</v>
       </c>
       <c r="D13" t="s">
         <v>18</v>
       </c>
       <c r="E13" t="s">
         <v>44</v>
       </c>
       <c r="F13" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="G13">
         <v>20</v>
       </c>
       <c r="H13" t="s">
         <v>21</v>
       </c>
       <c r="I13" t="s">
         <v>22</v>
       </c>
       <c r="J13">
         <v>10</v>
       </c>
       <c r="K13"/>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>23</v>
       </c>
       <c r="N13"/>
       <c r="O13"/>
       <c r="P13"/>
     </row>
     <row r="14" spans="1:16">
       <c r="B14" t="s">
         <v>16</v>
       </c>
       <c r="C14" t="s">
         <v>17</v>
       </c>
       <c r="D14" t="s">
         <v>18</v>
       </c>
       <c r="E14" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F14" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G14">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="H14" t="s">
         <v>21</v>
       </c>
       <c r="I14" t="s">
         <v>22</v>
       </c>
       <c r="J14">
         <v>10</v>
       </c>
       <c r="K14"/>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>23</v>
       </c>
       <c r="N14"/>
       <c r="O14"/>
       <c r="P14"/>
     </row>
     <row r="15" spans="1:16">
       <c r="B15" t="s">
         <v>16</v>
       </c>
       <c r="C15" t="s">
         <v>17</v>
       </c>
       <c r="D15" t="s">
         <v>18</v>
       </c>
       <c r="E15" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F15" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="G15">
-        <v>2</v>
+        <v>19</v>
       </c>
       <c r="H15" t="s">
         <v>21</v>
       </c>
       <c r="I15" t="s">
         <v>22</v>
       </c>
       <c r="J15">
         <v>10</v>
       </c>
       <c r="K15"/>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>23</v>
       </c>
       <c r="N15"/>
       <c r="O15"/>
       <c r="P15"/>
     </row>
     <row r="16" spans="1:16">
       <c r="B16" t="s">
         <v>16</v>
       </c>
       <c r="C16" t="s">
         <v>17</v>
@@ -1204,88 +1204,88 @@
       <c r="L16"/>
       <c r="M16" t="s">
         <v>23</v>
       </c>
       <c r="N16"/>
       <c r="O16"/>
       <c r="P16"/>
     </row>
     <row r="17" spans="1:16">
       <c r="B17" t="s">
         <v>16</v>
       </c>
       <c r="C17" t="s">
         <v>17</v>
       </c>
       <c r="D17" t="s">
         <v>18</v>
       </c>
       <c r="E17" t="s">
         <v>51</v>
       </c>
       <c r="F17" t="s">
         <v>52</v>
       </c>
       <c r="G17">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="H17" t="s">
         <v>21</v>
       </c>
       <c r="I17" t="s">
         <v>22</v>
       </c>
       <c r="J17">
         <v>10</v>
       </c>
       <c r="K17"/>
       <c r="L17"/>
       <c r="M17" t="s">
         <v>23</v>
       </c>
       <c r="N17"/>
       <c r="O17"/>
       <c r="P17"/>
     </row>
     <row r="18" spans="1:16">
       <c r="B18" t="s">
         <v>16</v>
       </c>
       <c r="C18" t="s">
         <v>17</v>
       </c>
       <c r="D18" t="s">
         <v>18</v>
       </c>
       <c r="E18" t="s">
         <v>51</v>
       </c>
       <c r="F18" t="s">
         <v>53</v>
       </c>
       <c r="G18">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="H18" t="s">
         <v>21</v>
       </c>
       <c r="I18" t="s">
         <v>22</v>
       </c>
       <c r="J18">
         <v>10</v>
       </c>
       <c r="K18"/>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>23</v>
       </c>
       <c r="N18"/>
       <c r="O18"/>
       <c r="P18"/>
     </row>
     <row r="19" spans="1:16">
       <c r="B19" t="s">
         <v>16</v>
       </c>
       <c r="C19" t="s">
         <v>17</v>