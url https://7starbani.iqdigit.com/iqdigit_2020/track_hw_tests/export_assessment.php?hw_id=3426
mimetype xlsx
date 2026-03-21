--- v0 (2025-11-05)
+++ v1 (2026-03-21)
@@ -71,255 +71,255 @@
   <si>
     <t>Ans-sheet</t>
   </si>
   <si>
     <t>created-at</t>
   </si>
   <si>
     <t>submitted_at</t>
   </si>
   <si>
     <t>Checked-at</t>
   </si>
   <si>
     <t>Remarks</t>
   </si>
   <si>
     <t xml:space="preserve">Manish Kumar </t>
   </si>
   <si>
     <t xml:space="preserve">10TH-Airforce </t>
   </si>
   <si>
     <t>ENGLISH</t>
   </si>
   <si>
+    <t xml:space="preserve">DEVANSHI SHARMA </t>
+  </si>
+  <si>
+    <t>SURESH SHARMA</t>
+  </si>
+  <si>
+    <t>submitted</t>
+  </si>
+  <si>
+    <t>Marks</t>
+  </si>
+  <si>
+    <t>2024-05-21 12:47:53</t>
+  </si>
+  <si>
     <t xml:space="preserve">ANSHIKA SHARMA </t>
   </si>
   <si>
     <t>RAJESH PAUL</t>
   </si>
   <si>
-    <t>submitted</t>
-[...5 lines deleted...]
-    <t>2024-05-21 12:47:53</t>
+    <t xml:space="preserve">KARTIK ZEER </t>
+  </si>
+  <si>
+    <t>ASHISH KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AKSHAT SHARMA </t>
+  </si>
+  <si>
+    <t>OM PARKASH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SONAL SHARMA  </t>
+  </si>
+  <si>
+    <t>AJAY KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">RAUNIT PATHANIA </t>
   </si>
   <si>
     <t>RAJDEEP PATHANIA</t>
   </si>
   <si>
-    <t xml:space="preserve">SONAL SHARMA  </t>
-[...2 lines deleted...]
-    <t>AJAY KUMAR</t>
+    <t xml:space="preserve">DIVYAM BHATIA </t>
+  </si>
+  <si>
+    <t>KAMAL KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANIKET CHAUHAN </t>
+  </si>
+  <si>
+    <t>KAMAL CHAUHAN</t>
   </si>
   <si>
     <t xml:space="preserve">RASHI THAKUR </t>
   </si>
   <si>
     <t>NEERAJ KUMAR</t>
   </si>
   <si>
-    <t xml:space="preserve">DIVYAM BHATIA </t>
-[...8 lines deleted...]
-    <t>KAMAL CHAUHAN</t>
+    <t>SAI HARSHITA</t>
+  </si>
+  <si>
+    <t>CHANDER BHUSHAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MANNAT THAKUR </t>
+  </si>
+  <si>
+    <t>KAPIL DEV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AKSHITA THAKUR </t>
+  </si>
+  <si>
+    <t>KULVIR SINGH</t>
   </si>
   <si>
     <t xml:space="preserve">AKSHANT MANDIAL </t>
   </si>
   <si>
     <t>KULDEEP</t>
   </si>
   <si>
-    <t>SAI HARSHITA</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">ARNAV </t>
   </si>
   <si>
     <t>RAJ KUMAR</t>
   </si>
   <si>
-    <t xml:space="preserve">AKSHITA THAKUR </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">VANSHIKA SHARMA </t>
   </si>
   <si>
     <t>OM PRAKASH SHARMA</t>
   </si>
   <si>
     <t xml:space="preserve">UMESH KUMAR </t>
   </si>
   <si>
     <t>NARESH KUMAR</t>
   </si>
   <si>
     <t>SHUBHAM KUMAR</t>
   </si>
   <si>
     <t>PANKAJ KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">SIYA SHARMA </t>
   </si>
   <si>
     <t>YOGRAJ SHARMA</t>
   </si>
   <si>
     <t xml:space="preserve">ISHAN </t>
   </si>
   <si>
+    <t xml:space="preserve">PRATEEKSHA SUMAN </t>
+  </si>
+  <si>
+    <t>SANDEEP KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASHISH BANYAL </t>
+  </si>
+  <si>
+    <t>KASHMIR SINGH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADITYA SHARMA </t>
+  </si>
+  <si>
+    <t>KULDEEP CHAND</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AKSHIT SHARMA </t>
+  </si>
+  <si>
+    <t>SUBHASH CHAND</t>
+  </si>
+  <si>
     <t>ARSH DHIMAN</t>
   </si>
   <si>
     <t>RAJEEV KUMAR</t>
   </si>
   <si>
+    <t xml:space="preserve">PRISHA THAKUR </t>
+  </si>
+  <si>
+    <t>RAVINDER KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KARAN  SINGH  BANYAL </t>
+  </si>
+  <si>
+    <t>SANJAY KUMAR</t>
+  </si>
+  <si>
     <t xml:space="preserve">ARAYNA SHARMA </t>
   </si>
   <si>
     <t>LATE. VIPIN KUMAR</t>
   </si>
   <si>
-    <t xml:space="preserve">AKSHAT SHARMA </t>
-[...2 lines deleted...]
-    <t>OM PARKASH</t>
+    <t xml:space="preserve">DHRUV SHARMA </t>
+  </si>
+  <si>
+    <t>SUNIL KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PRIYANSHI </t>
+  </si>
+  <si>
+    <t>RAJINDER SINGH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHELZA </t>
+  </si>
+  <si>
+    <t>VAKEEL SINGH</t>
   </si>
   <si>
     <t xml:space="preserve">ANSHUMAN RAJPUT </t>
   </si>
   <si>
     <t>DHARMENDER RAJPUT</t>
   </si>
   <si>
     <t xml:space="preserve">HIMANI </t>
   </si>
   <si>
-    <t>SUNIL KUMAR</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">ANIRUDH AGNIHOTRI </t>
   </si>
   <si>
     <t>PARDEEP KUMAR</t>
   </si>
   <si>
-    <t xml:space="preserve">DHRUV SHARMA </t>
-[...25 lines deleted...]
-  <si>
     <t xml:space="preserve">ANKIT DHIMAN </t>
   </si>
   <si>
     <t>SANJIV KUMAR</t>
-  </si>
-[...28 lines deleted...]
-    <t>SANDEEP KUMAR</t>
   </si>
   <si>
     <t>APURVA THAKUR</t>
   </si>
   <si>
     <t>PAWAN KUMAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -777,51 +777,51 @@
       <c r="L3"/>
       <c r="M3" t="s">
         <v>23</v>
       </c>
       <c r="N3"/>
       <c r="O3"/>
       <c r="P3"/>
     </row>
     <row r="4" spans="1:16">
       <c r="B4" t="s">
         <v>16</v>
       </c>
       <c r="C4" t="s">
         <v>17</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
       <c r="E4" t="s">
         <v>26</v>
       </c>
       <c r="F4" t="s">
         <v>27</v>
       </c>
       <c r="G4">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="H4" t="s">
         <v>21</v>
       </c>
       <c r="I4" t="s">
         <v>22</v>
       </c>
       <c r="J4">
         <v>10</v>
       </c>
       <c r="K4"/>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>23</v>
       </c>
       <c r="N4"/>
       <c r="O4"/>
       <c r="P4"/>
     </row>
     <row r="5" spans="1:16">
       <c r="B5" t="s">
         <v>16</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
@@ -851,88 +851,88 @@
       <c r="L5"/>
       <c r="M5" t="s">
         <v>23</v>
       </c>
       <c r="N5"/>
       <c r="O5"/>
       <c r="P5"/>
     </row>
     <row r="6" spans="1:16">
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
         <v>30</v>
       </c>
       <c r="F6" t="s">
         <v>31</v>
       </c>
       <c r="G6">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="H6" t="s">
         <v>21</v>
       </c>
       <c r="I6" t="s">
         <v>22</v>
       </c>
       <c r="J6">
         <v>10</v>
       </c>
       <c r="K6"/>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>23</v>
       </c>
       <c r="N6"/>
       <c r="O6"/>
       <c r="P6"/>
     </row>
     <row r="7" spans="1:16">
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7" t="s">
         <v>17</v>
       </c>
       <c r="D7" t="s">
         <v>18</v>
       </c>
       <c r="E7" t="s">
         <v>32</v>
       </c>
       <c r="F7" t="s">
         <v>33</v>
       </c>
       <c r="G7">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="H7" t="s">
         <v>21</v>
       </c>
       <c r="I7" t="s">
         <v>22</v>
       </c>
       <c r="J7">
         <v>10</v>
       </c>
       <c r="K7"/>
       <c r="L7"/>
       <c r="M7" t="s">
         <v>23</v>
       </c>
       <c r="N7"/>
       <c r="O7"/>
       <c r="P7"/>
     </row>
     <row r="8" spans="1:16">
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8" t="s">
         <v>17</v>
@@ -999,899 +999,899 @@
       <c r="L9"/>
       <c r="M9" t="s">
         <v>23</v>
       </c>
       <c r="N9"/>
       <c r="O9"/>
       <c r="P9"/>
     </row>
     <row r="10" spans="1:16">
       <c r="B10" t="s">
         <v>16</v>
       </c>
       <c r="C10" t="s">
         <v>17</v>
       </c>
       <c r="D10" t="s">
         <v>18</v>
       </c>
       <c r="E10" t="s">
         <v>38</v>
       </c>
       <c r="F10" t="s">
         <v>39</v>
       </c>
       <c r="G10">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H10" t="s">
         <v>21</v>
       </c>
       <c r="I10" t="s">
         <v>22</v>
       </c>
       <c r="J10">
         <v>10</v>
       </c>
       <c r="K10"/>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>23</v>
       </c>
       <c r="N10"/>
       <c r="O10"/>
       <c r="P10"/>
     </row>
     <row r="11" spans="1:16">
       <c r="B11" t="s">
         <v>16</v>
       </c>
       <c r="C11" t="s">
         <v>17</v>
       </c>
       <c r="D11" t="s">
         <v>18</v>
       </c>
       <c r="E11" t="s">
         <v>40</v>
       </c>
       <c r="F11" t="s">
         <v>41</v>
       </c>
       <c r="G11">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H11" t="s">
         <v>21</v>
       </c>
       <c r="I11" t="s">
         <v>22</v>
       </c>
       <c r="J11">
         <v>10</v>
       </c>
       <c r="K11"/>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>23</v>
       </c>
       <c r="N11"/>
       <c r="O11"/>
       <c r="P11"/>
     </row>
     <row r="12" spans="1:16">
       <c r="B12" t="s">
         <v>16</v>
       </c>
       <c r="C12" t="s">
         <v>17</v>
       </c>
       <c r="D12" t="s">
         <v>18</v>
       </c>
       <c r="E12" t="s">
         <v>42</v>
       </c>
       <c r="F12" t="s">
         <v>43</v>
       </c>
       <c r="G12">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H12" t="s">
         <v>21</v>
       </c>
       <c r="I12" t="s">
         <v>22</v>
       </c>
       <c r="J12">
         <v>10</v>
       </c>
       <c r="K12"/>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>23</v>
       </c>
       <c r="N12"/>
       <c r="O12"/>
       <c r="P12"/>
     </row>
     <row r="13" spans="1:16">
       <c r="B13" t="s">
         <v>16</v>
       </c>
       <c r="C13" t="s">
         <v>17</v>
       </c>
       <c r="D13" t="s">
         <v>18</v>
       </c>
       <c r="E13" t="s">
         <v>44</v>
       </c>
       <c r="F13" t="s">
         <v>45</v>
       </c>
       <c r="G13">
-        <v>35</v>
+        <v>4</v>
       </c>
       <c r="H13" t="s">
         <v>21</v>
       </c>
       <c r="I13" t="s">
         <v>22</v>
       </c>
       <c r="J13">
         <v>10</v>
       </c>
       <c r="K13"/>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>23</v>
       </c>
       <c r="N13"/>
       <c r="O13"/>
       <c r="P13"/>
     </row>
     <row r="14" spans="1:16">
       <c r="B14" t="s">
         <v>16</v>
       </c>
       <c r="C14" t="s">
         <v>17</v>
       </c>
       <c r="D14" t="s">
         <v>18</v>
       </c>
       <c r="E14" t="s">
         <v>46</v>
       </c>
       <c r="F14" t="s">
         <v>47</v>
       </c>
       <c r="G14">
-        <v>34</v>
+        <v>4</v>
       </c>
       <c r="H14" t="s">
         <v>21</v>
       </c>
       <c r="I14" t="s">
         <v>22</v>
       </c>
       <c r="J14">
         <v>10</v>
       </c>
       <c r="K14"/>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>23</v>
       </c>
       <c r="N14"/>
       <c r="O14"/>
       <c r="P14"/>
     </row>
     <row r="15" spans="1:16">
       <c r="B15" t="s">
         <v>16</v>
       </c>
       <c r="C15" t="s">
         <v>17</v>
       </c>
       <c r="D15" t="s">
         <v>18</v>
       </c>
       <c r="E15" t="s">
         <v>48</v>
       </c>
       <c r="F15" t="s">
         <v>49</v>
       </c>
       <c r="G15">
-        <v>33</v>
+        <v>4</v>
       </c>
       <c r="H15" t="s">
         <v>21</v>
       </c>
       <c r="I15" t="s">
         <v>22</v>
       </c>
       <c r="J15">
         <v>10</v>
       </c>
       <c r="K15"/>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>23</v>
       </c>
       <c r="N15"/>
       <c r="O15"/>
       <c r="P15"/>
     </row>
     <row r="16" spans="1:16">
       <c r="B16" t="s">
         <v>16</v>
       </c>
       <c r="C16" t="s">
         <v>17</v>
       </c>
       <c r="D16" t="s">
         <v>18</v>
       </c>
       <c r="E16" t="s">
         <v>50</v>
       </c>
       <c r="F16" t="s">
         <v>51</v>
       </c>
       <c r="G16">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="H16" t="s">
         <v>21</v>
       </c>
       <c r="I16" t="s">
         <v>22</v>
       </c>
       <c r="J16">
         <v>10</v>
       </c>
       <c r="K16"/>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>23</v>
       </c>
       <c r="N16"/>
       <c r="O16"/>
       <c r="P16"/>
     </row>
     <row r="17" spans="1:16">
       <c r="B17" t="s">
         <v>16</v>
       </c>
       <c r="C17" t="s">
         <v>17</v>
       </c>
       <c r="D17" t="s">
         <v>18</v>
       </c>
       <c r="E17" t="s">
         <v>52</v>
       </c>
       <c r="F17" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="G17">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="H17" t="s">
         <v>21</v>
       </c>
       <c r="I17" t="s">
         <v>22</v>
       </c>
       <c r="J17">
         <v>10</v>
       </c>
       <c r="K17"/>
       <c r="L17"/>
       <c r="M17" t="s">
         <v>23</v>
       </c>
       <c r="N17"/>
       <c r="O17"/>
       <c r="P17"/>
     </row>
     <row r="18" spans="1:16">
       <c r="B18" t="s">
         <v>16</v>
       </c>
       <c r="C18" t="s">
         <v>17</v>
       </c>
       <c r="D18" t="s">
         <v>18</v>
       </c>
       <c r="E18" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F18" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G18">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="H18" t="s">
         <v>21</v>
       </c>
       <c r="I18" t="s">
         <v>22</v>
       </c>
       <c r="J18">
         <v>10</v>
       </c>
       <c r="K18"/>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>23</v>
       </c>
       <c r="N18"/>
       <c r="O18"/>
       <c r="P18"/>
     </row>
     <row r="19" spans="1:16">
       <c r="B19" t="s">
         <v>16</v>
       </c>
       <c r="C19" t="s">
         <v>17</v>
       </c>
       <c r="D19" t="s">
         <v>18</v>
       </c>
       <c r="E19" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F19" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G19">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="H19" t="s">
         <v>21</v>
       </c>
       <c r="I19" t="s">
         <v>22</v>
       </c>
       <c r="J19">
         <v>10</v>
       </c>
       <c r="K19"/>
       <c r="L19"/>
       <c r="M19" t="s">
         <v>23</v>
       </c>
       <c r="N19"/>
       <c r="O19"/>
       <c r="P19"/>
     </row>
     <row r="20" spans="1:16">
       <c r="B20" t="s">
         <v>16</v>
       </c>
       <c r="C20" t="s">
         <v>17</v>
       </c>
       <c r="D20" t="s">
         <v>18</v>
       </c>
       <c r="E20" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F20" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="G20">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H20" t="s">
         <v>21</v>
       </c>
       <c r="I20" t="s">
         <v>22</v>
       </c>
       <c r="J20">
         <v>10</v>
       </c>
       <c r="K20"/>
       <c r="L20"/>
       <c r="M20" t="s">
         <v>23</v>
       </c>
       <c r="N20"/>
       <c r="O20"/>
       <c r="P20"/>
     </row>
     <row r="21" spans="1:16">
       <c r="B21" t="s">
         <v>16</v>
       </c>
       <c r="C21" t="s">
         <v>17</v>
       </c>
       <c r="D21" t="s">
         <v>18</v>
       </c>
       <c r="E21" t="s">
         <v>59</v>
       </c>
       <c r="F21" t="s">
         <v>60</v>
       </c>
       <c r="G21">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="H21" t="s">
         <v>21</v>
       </c>
       <c r="I21" t="s">
         <v>22</v>
       </c>
       <c r="J21">
         <v>10</v>
       </c>
       <c r="K21"/>
       <c r="L21"/>
       <c r="M21" t="s">
         <v>23</v>
       </c>
       <c r="N21"/>
       <c r="O21"/>
       <c r="P21"/>
     </row>
     <row r="22" spans="1:16">
       <c r="B22" t="s">
         <v>16</v>
       </c>
       <c r="C22" t="s">
         <v>17</v>
       </c>
       <c r="D22" t="s">
         <v>18</v>
       </c>
       <c r="E22" t="s">
         <v>61</v>
       </c>
       <c r="F22" t="s">
         <v>62</v>
       </c>
       <c r="G22">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="H22" t="s">
         <v>21</v>
       </c>
       <c r="I22" t="s">
         <v>22</v>
       </c>
       <c r="J22">
         <v>10</v>
       </c>
       <c r="K22"/>
       <c r="L22"/>
       <c r="M22" t="s">
         <v>23</v>
       </c>
       <c r="N22"/>
       <c r="O22"/>
       <c r="P22"/>
     </row>
     <row r="23" spans="1:16">
       <c r="B23" t="s">
         <v>16</v>
       </c>
       <c r="C23" t="s">
         <v>17</v>
       </c>
       <c r="D23" t="s">
         <v>18</v>
       </c>
       <c r="E23" t="s">
         <v>63</v>
       </c>
       <c r="F23" t="s">
         <v>64</v>
       </c>
       <c r="G23">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="H23" t="s">
         <v>21</v>
       </c>
       <c r="I23" t="s">
         <v>22</v>
       </c>
       <c r="J23">
         <v>10</v>
       </c>
       <c r="K23"/>
       <c r="L23"/>
       <c r="M23" t="s">
         <v>23</v>
       </c>
       <c r="N23"/>
       <c r="O23"/>
       <c r="P23"/>
     </row>
     <row r="24" spans="1:16">
       <c r="B24" t="s">
         <v>16</v>
       </c>
       <c r="C24" t="s">
         <v>17</v>
       </c>
       <c r="D24" t="s">
         <v>18</v>
       </c>
       <c r="E24" t="s">
         <v>65</v>
       </c>
       <c r="F24" t="s">
         <v>66</v>
       </c>
       <c r="G24">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="H24" t="s">
         <v>21</v>
       </c>
       <c r="I24" t="s">
         <v>22</v>
       </c>
       <c r="J24">
         <v>10</v>
       </c>
       <c r="K24"/>
       <c r="L24"/>
       <c r="M24" t="s">
         <v>23</v>
       </c>
       <c r="N24"/>
       <c r="O24"/>
       <c r="P24"/>
     </row>
     <row r="25" spans="1:16">
       <c r="B25" t="s">
         <v>16</v>
       </c>
       <c r="C25" t="s">
         <v>17</v>
       </c>
       <c r="D25" t="s">
         <v>18</v>
       </c>
       <c r="E25" t="s">
         <v>67</v>
       </c>
       <c r="F25" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="G25">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="H25" t="s">
         <v>21</v>
       </c>
       <c r="I25" t="s">
         <v>22</v>
       </c>
       <c r="J25">
         <v>10</v>
       </c>
       <c r="K25"/>
       <c r="L25"/>
       <c r="M25" t="s">
         <v>23</v>
       </c>
       <c r="N25"/>
       <c r="O25"/>
       <c r="P25"/>
     </row>
     <row r="26" spans="1:16">
       <c r="B26" t="s">
         <v>16</v>
       </c>
       <c r="C26" t="s">
         <v>17</v>
       </c>
       <c r="D26" t="s">
         <v>18</v>
       </c>
       <c r="E26" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F26" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G26">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="H26" t="s">
         <v>21</v>
       </c>
       <c r="I26" t="s">
         <v>22</v>
       </c>
       <c r="J26">
         <v>10</v>
       </c>
       <c r="K26"/>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>23</v>
       </c>
       <c r="N26"/>
       <c r="O26"/>
       <c r="P26"/>
     </row>
     <row r="27" spans="1:16">
       <c r="B27" t="s">
         <v>16</v>
       </c>
       <c r="C27" t="s">
         <v>17</v>
       </c>
       <c r="D27" t="s">
         <v>18</v>
       </c>
       <c r="E27" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F27" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G27">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="H27" t="s">
         <v>21</v>
       </c>
       <c r="I27" t="s">
         <v>22</v>
       </c>
       <c r="J27">
         <v>10</v>
       </c>
       <c r="K27"/>
       <c r="L27"/>
       <c r="M27" t="s">
         <v>23</v>
       </c>
       <c r="N27"/>
       <c r="O27"/>
       <c r="P27"/>
     </row>
     <row r="28" spans="1:16">
       <c r="B28" t="s">
         <v>16</v>
       </c>
       <c r="C28" t="s">
         <v>17</v>
       </c>
       <c r="D28" t="s">
         <v>18</v>
       </c>
       <c r="E28" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="F28" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="G28">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="H28" t="s">
         <v>21</v>
       </c>
       <c r="I28" t="s">
         <v>22</v>
       </c>
       <c r="J28">
         <v>10</v>
       </c>
       <c r="K28"/>
       <c r="L28"/>
       <c r="M28" t="s">
         <v>23</v>
       </c>
       <c r="N28"/>
       <c r="O28"/>
       <c r="P28"/>
     </row>
     <row r="29" spans="1:16">
       <c r="B29" t="s">
         <v>16</v>
       </c>
       <c r="C29" t="s">
         <v>17</v>
       </c>
       <c r="D29" t="s">
         <v>18</v>
       </c>
       <c r="E29" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F29" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G29">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="H29" t="s">
         <v>21</v>
       </c>
       <c r="I29" t="s">
         <v>22</v>
       </c>
       <c r="J29">
         <v>10</v>
       </c>
       <c r="K29"/>
       <c r="L29"/>
       <c r="M29" t="s">
         <v>23</v>
       </c>
       <c r="N29"/>
       <c r="O29"/>
       <c r="P29"/>
     </row>
     <row r="30" spans="1:16">
       <c r="B30" t="s">
         <v>16</v>
       </c>
       <c r="C30" t="s">
         <v>17</v>
       </c>
       <c r="D30" t="s">
         <v>18</v>
       </c>
       <c r="E30" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F30" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G30">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="H30" t="s">
         <v>21</v>
       </c>
       <c r="I30" t="s">
         <v>22</v>
       </c>
       <c r="J30">
         <v>10</v>
       </c>
       <c r="K30"/>
       <c r="L30"/>
       <c r="M30" t="s">
         <v>23</v>
       </c>
       <c r="N30"/>
       <c r="O30"/>
       <c r="P30"/>
     </row>
     <row r="31" spans="1:16">
       <c r="B31" t="s">
         <v>16</v>
       </c>
       <c r="C31" t="s">
         <v>17</v>
       </c>
       <c r="D31" t="s">
         <v>18</v>
       </c>
       <c r="E31" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F31" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G31">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="H31" t="s">
         <v>21</v>
       </c>
       <c r="I31" t="s">
         <v>22</v>
       </c>
       <c r="J31">
         <v>10</v>
       </c>
       <c r="K31"/>
       <c r="L31"/>
       <c r="M31" t="s">
         <v>23</v>
       </c>
       <c r="N31"/>
       <c r="O31"/>
       <c r="P31"/>
     </row>
     <row r="32" spans="1:16">
       <c r="B32" t="s">
         <v>16</v>
       </c>
       <c r="C32" t="s">
         <v>17</v>
       </c>
       <c r="D32" t="s">
         <v>18</v>
       </c>
       <c r="E32" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F32" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G32">
         <v>10</v>
       </c>
       <c r="H32" t="s">
         <v>21</v>
       </c>
       <c r="I32" t="s">
         <v>22</v>
       </c>
       <c r="J32">
         <v>10</v>
       </c>
       <c r="K32"/>
       <c r="L32"/>
       <c r="M32" t="s">
         <v>23</v>
       </c>
       <c r="N32"/>
       <c r="O32"/>
       <c r="P32"/>
     </row>
     <row r="33" spans="1:16">
       <c r="B33" t="s">
         <v>16</v>
       </c>
       <c r="C33" t="s">
         <v>17</v>
       </c>
       <c r="D33" t="s">
         <v>18</v>
       </c>
       <c r="E33" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F33" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="G33">
         <v>10</v>
       </c>
       <c r="H33" t="s">
         <v>21</v>
       </c>
       <c r="I33" t="s">
         <v>22</v>
       </c>
       <c r="J33">
         <v>10</v>
       </c>
       <c r="K33"/>
       <c r="L33"/>
       <c r="M33" t="s">
         <v>23</v>
       </c>
       <c r="N33"/>
       <c r="O33"/>
       <c r="P33"/>
     </row>
     <row r="34" spans="1:16">
       <c r="B34" t="s">
         <v>16</v>