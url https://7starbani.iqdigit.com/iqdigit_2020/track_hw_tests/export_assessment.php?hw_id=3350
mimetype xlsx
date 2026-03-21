--- v0 (2025-11-06)
+++ v1 (2026-03-21)
@@ -173,50 +173,56 @@
   <si>
     <t>ANVAR HUSSAIN</t>
   </si>
   <si>
     <t xml:space="preserve">RITIKA SANDHU </t>
   </si>
   <si>
     <t>SURJEET KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">PRIYANSHI GARG </t>
   </si>
   <si>
     <t>PANKAJ KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">NIYATI THAKUR </t>
   </si>
   <si>
     <t>ROHIT THAKUR</t>
   </si>
   <si>
     <t xml:space="preserve">NIVAAN AGNIHOTRI </t>
   </si>
   <si>
+    <t xml:space="preserve">AJAY KUMARI </t>
+  </si>
+  <si>
+    <t>SANJAY KUMAR</t>
+  </si>
+  <si>
     <t xml:space="preserve">NIKET CHOUHAN </t>
   </si>
   <si>
     <t xml:space="preserve">NAVYANSH THAKUR </t>
   </si>
   <si>
     <t>ROCKY DHATWALIA</t>
   </si>
   <si>
     <t xml:space="preserve">MANISHA </t>
   </si>
   <si>
     <t>MANJEET SINGH</t>
   </si>
   <si>
     <t>ADITI  DHIMAN</t>
   </si>
   <si>
     <t>ANUP KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">KIYANSHI SHARMA </t>
   </si>
   <si>
     <t>KULDEEP KUMAR</t>
@@ -255,56 +261,50 @@
     <t>KAPIL KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">AVANEE SHARMA </t>
   </si>
   <si>
     <t>ASHISH KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">VIHAN CHANDEL </t>
   </si>
   <si>
     <t>MANISH KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">ATHARV SHARMA </t>
   </si>
   <si>
     <t>MUNISH KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">BHUMIJA THAKUR </t>
   </si>
   <si>
     <t>PARDEEP SINGH</t>
-  </si>
-[...4 lines deleted...]
-    <t>SANJAY KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">SHIVANG GULERIA </t>
   </si>
   <si>
     <t>VIJAY KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">SHIVANSH GULERIA </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1299,558 +1299,556 @@
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>29</v>
       </c>
       <c r="N16"/>
       <c r="O16" t="s">
         <v>24</v>
       </c>
       <c r="P16"/>
     </row>
     <row r="17" spans="1:16">
       <c r="B17" t="s">
         <v>16</v>
       </c>
       <c r="C17" t="s">
         <v>17</v>
       </c>
       <c r="D17" t="s">
         <v>18</v>
       </c>
       <c r="E17" t="s">
         <v>53</v>
       </c>
       <c r="F17" t="s">
-        <v>37</v>
+        <v>54</v>
       </c>
       <c r="G17">
         <v>22</v>
       </c>
       <c r="H17" t="s">
         <v>21</v>
       </c>
       <c r="I17" t="s">
         <v>22</v>
       </c>
       <c r="J17">
         <v>12</v>
       </c>
-      <c r="K17">
-[...1 lines deleted...]
-      </c>
+      <c r="K17"/>
       <c r="L17"/>
       <c r="M17" t="s">
         <v>29</v>
       </c>
       <c r="N17"/>
       <c r="O17" t="s">
         <v>24</v>
       </c>
       <c r="P17"/>
     </row>
     <row r="18" spans="1:16">
       <c r="B18" t="s">
         <v>16</v>
       </c>
       <c r="C18" t="s">
         <v>17</v>
       </c>
       <c r="D18" t="s">
         <v>18</v>
       </c>
       <c r="E18" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F18" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="G18">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H18" t="s">
         <v>21</v>
       </c>
       <c r="I18" t="s">
         <v>22</v>
       </c>
       <c r="J18">
         <v>12</v>
       </c>
-      <c r="K18"/>
+      <c r="K18">
+        <v>11</v>
+      </c>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>29</v>
       </c>
       <c r="N18"/>
       <c r="O18" t="s">
         <v>24</v>
       </c>
       <c r="P18"/>
     </row>
     <row r="19" spans="1:16">
       <c r="B19" t="s">
         <v>16</v>
       </c>
       <c r="C19" t="s">
         <v>17</v>
       </c>
       <c r="D19" t="s">
         <v>18</v>
       </c>
       <c r="E19" t="s">
         <v>56</v>
       </c>
       <c r="F19" t="s">
         <v>57</v>
       </c>
       <c r="G19">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H19" t="s">
         <v>21</v>
       </c>
       <c r="I19" t="s">
         <v>22</v>
       </c>
       <c r="J19">
         <v>12</v>
       </c>
-      <c r="K19">
-[...1 lines deleted...]
-      </c>
+      <c r="K19"/>
       <c r="L19"/>
       <c r="M19" t="s">
         <v>29</v>
       </c>
       <c r="N19"/>
       <c r="O19" t="s">
         <v>24</v>
       </c>
       <c r="P19"/>
     </row>
     <row r="20" spans="1:16">
       <c r="B20" t="s">
         <v>16</v>
       </c>
       <c r="C20" t="s">
         <v>17</v>
       </c>
       <c r="D20" t="s">
         <v>18</v>
       </c>
       <c r="E20" t="s">
         <v>58</v>
       </c>
       <c r="F20" t="s">
         <v>59</v>
       </c>
       <c r="G20">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="H20" t="s">
         <v>21</v>
       </c>
       <c r="I20" t="s">
         <v>22</v>
       </c>
       <c r="J20">
         <v>12</v>
       </c>
       <c r="K20">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
         <v>29</v>
       </c>
       <c r="N20"/>
       <c r="O20" t="s">
         <v>24</v>
       </c>
       <c r="P20"/>
     </row>
     <row r="21" spans="1:16">
       <c r="B21" t="s">
         <v>16</v>
       </c>
       <c r="C21" t="s">
         <v>17</v>
       </c>
       <c r="D21" t="s">
         <v>18</v>
       </c>
       <c r="E21" t="s">
         <v>60</v>
       </c>
       <c r="F21" t="s">
         <v>61</v>
       </c>
       <c r="G21">
-        <v>18</v>
+        <v>2</v>
       </c>
       <c r="H21" t="s">
         <v>21</v>
       </c>
       <c r="I21" t="s">
         <v>22</v>
       </c>
       <c r="J21">
         <v>12</v>
       </c>
       <c r="K21">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
         <v>29</v>
       </c>
       <c r="N21"/>
       <c r="O21" t="s">
         <v>24</v>
       </c>
       <c r="P21"/>
     </row>
     <row r="22" spans="1:16">
       <c r="B22" t="s">
         <v>16</v>
       </c>
       <c r="C22" t="s">
         <v>17</v>
       </c>
       <c r="D22" t="s">
         <v>18</v>
       </c>
       <c r="E22" t="s">
         <v>62</v>
       </c>
       <c r="F22" t="s">
         <v>63</v>
       </c>
       <c r="G22">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="H22" t="s">
         <v>21</v>
       </c>
       <c r="I22" t="s">
         <v>22</v>
       </c>
       <c r="J22">
         <v>12</v>
       </c>
       <c r="K22">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="N22"/>
       <c r="O22" t="s">
         <v>24</v>
       </c>
       <c r="P22"/>
     </row>
     <row r="23" spans="1:16">
       <c r="B23" t="s">
         <v>16</v>
       </c>
       <c r="C23" t="s">
         <v>17</v>
       </c>
       <c r="D23" t="s">
         <v>18</v>
       </c>
       <c r="E23" t="s">
         <v>64</v>
       </c>
       <c r="F23" t="s">
-        <v>35</v>
+        <v>65</v>
       </c>
       <c r="G23">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="H23" t="s">
         <v>21</v>
       </c>
       <c r="I23" t="s">
         <v>22</v>
       </c>
       <c r="J23">
         <v>12</v>
       </c>
       <c r="K23">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="N23"/>
       <c r="O23" t="s">
         <v>24</v>
       </c>
       <c r="P23"/>
     </row>
     <row r="24" spans="1:16">
       <c r="B24" t="s">
         <v>16</v>
       </c>
       <c r="C24" t="s">
         <v>17</v>
       </c>
       <c r="D24" t="s">
         <v>18</v>
       </c>
       <c r="E24" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F24" t="s">
-        <v>66</v>
+        <v>35</v>
       </c>
       <c r="G24">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H24" t="s">
         <v>21</v>
       </c>
       <c r="I24" t="s">
         <v>22</v>
       </c>
       <c r="J24">
         <v>12</v>
       </c>
       <c r="K24">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
         <v>29</v>
       </c>
       <c r="N24"/>
       <c r="O24" t="s">
         <v>24</v>
       </c>
       <c r="P24"/>
     </row>
     <row r="25" spans="1:16">
       <c r="B25" t="s">
         <v>16</v>
       </c>
       <c r="C25" t="s">
         <v>17</v>
       </c>
       <c r="D25" t="s">
         <v>18</v>
       </c>
       <c r="E25" t="s">
         <v>67</v>
       </c>
       <c r="F25" t="s">
         <v>68</v>
       </c>
       <c r="G25">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H25" t="s">
         <v>21</v>
       </c>
       <c r="I25" t="s">
         <v>22</v>
       </c>
       <c r="J25">
         <v>12</v>
       </c>
       <c r="K25">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
         <v>29</v>
       </c>
       <c r="N25"/>
       <c r="O25" t="s">
         <v>24</v>
       </c>
       <c r="P25"/>
     </row>
     <row r="26" spans="1:16">
       <c r="B26" t="s">
         <v>16</v>
       </c>
       <c r="C26" t="s">
         <v>17</v>
       </c>
       <c r="D26" t="s">
         <v>18</v>
       </c>
       <c r="E26" t="s">
         <v>69</v>
       </c>
       <c r="F26" t="s">
         <v>70</v>
       </c>
       <c r="G26">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H26" t="s">
         <v>21</v>
       </c>
       <c r="I26" t="s">
         <v>22</v>
       </c>
       <c r="J26">
         <v>12</v>
       </c>
       <c r="K26">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>29</v>
       </c>
       <c r="N26"/>
       <c r="O26" t="s">
         <v>24</v>
       </c>
       <c r="P26"/>
     </row>
     <row r="27" spans="1:16">
       <c r="B27" t="s">
         <v>16</v>
       </c>
       <c r="C27" t="s">
         <v>17</v>
       </c>
       <c r="D27" t="s">
         <v>18</v>
       </c>
       <c r="E27" t="s">
         <v>71</v>
       </c>
       <c r="F27" t="s">
         <v>72</v>
       </c>
       <c r="G27">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H27" t="s">
         <v>21</v>
       </c>
       <c r="I27" t="s">
         <v>22</v>
       </c>
       <c r="J27">
         <v>12</v>
       </c>
-      <c r="K27"/>
+      <c r="K27">
+        <v>12</v>
+      </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="N27"/>
       <c r="O27" t="s">
         <v>24</v>
       </c>
       <c r="P27"/>
     </row>
     <row r="28" spans="1:16">
       <c r="B28" t="s">
         <v>16</v>
       </c>
       <c r="C28" t="s">
         <v>17</v>
       </c>
       <c r="D28" t="s">
         <v>18</v>
       </c>
       <c r="E28" t="s">
         <v>73</v>
       </c>
       <c r="F28" t="s">
         <v>74</v>
       </c>
       <c r="G28">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="H28" t="s">
         <v>21</v>
       </c>
       <c r="I28" t="s">
         <v>22</v>
       </c>
       <c r="J28">
         <v>12</v>
       </c>
-      <c r="K28">
-[...1 lines deleted...]
-      </c>
+      <c r="K28"/>
       <c r="L28"/>
       <c r="M28" t="s">
         <v>23</v>
       </c>
       <c r="N28"/>
       <c r="O28" t="s">
         <v>24</v>
       </c>
       <c r="P28"/>
     </row>
     <row r="29" spans="1:16">
       <c r="B29" t="s">
         <v>16</v>
       </c>
       <c r="C29" t="s">
         <v>17</v>
       </c>
       <c r="D29" t="s">
         <v>18</v>
       </c>
       <c r="E29" t="s">
         <v>75</v>
       </c>
       <c r="F29" t="s">
         <v>76</v>
       </c>
       <c r="G29">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="H29" t="s">
         <v>21</v>
       </c>
       <c r="I29" t="s">
         <v>22</v>
       </c>
       <c r="J29">
         <v>12</v>
       </c>
       <c r="K29">
         <v>11</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="N29"/>
       <c r="O29" t="s">
         <v>24</v>
       </c>
       <c r="P29"/>
     </row>
     <row r="30" spans="1:16">
       <c r="B30" t="s">
         <v>16</v>
       </c>
       <c r="C30" t="s">
         <v>17</v>
       </c>
       <c r="D30" t="s">
         <v>18</v>
       </c>
       <c r="E30" t="s">
         <v>77</v>
       </c>
       <c r="F30" t="s">
         <v>78</v>
       </c>
       <c r="G30">
         <v>10</v>
@@ -1924,51 +1922,53 @@
       </c>
       <c r="C32" t="s">
         <v>17</v>
       </c>
       <c r="D32" t="s">
         <v>18</v>
       </c>
       <c r="E32" t="s">
         <v>81</v>
       </c>
       <c r="F32" t="s">
         <v>82</v>
       </c>
       <c r="G32">
         <v>10</v>
       </c>
       <c r="H32" t="s">
         <v>21</v>
       </c>
       <c r="I32" t="s">
         <v>22</v>
       </c>
       <c r="J32">
         <v>12</v>
       </c>
-      <c r="K32"/>
+      <c r="K32">
+        <v>11</v>
+      </c>
       <c r="L32"/>
       <c r="M32" t="s">
         <v>29</v>
       </c>
       <c r="N32"/>
       <c r="O32" t="s">
         <v>24</v>
       </c>
       <c r="P32"/>
     </row>
     <row r="33" spans="1:16">
       <c r="B33" t="s">
         <v>16</v>
       </c>
       <c r="C33" t="s">
         <v>17</v>
       </c>
       <c r="D33" t="s">
         <v>18</v>
       </c>
       <c r="E33" t="s">
         <v>83</v>
       </c>
       <c r="F33" t="s">
         <v>84</v>