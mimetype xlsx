--- v0 (2025-12-23)
+++ v1 (2026-03-21)
@@ -71,249 +71,249 @@
   <si>
     <t>Ans-sheet</t>
   </si>
   <si>
     <t>created-at</t>
   </si>
   <si>
     <t>submitted_at</t>
   </si>
   <si>
     <t>Checked-at</t>
   </si>
   <si>
     <t>Remarks</t>
   </si>
   <si>
     <t>Reeeta Devi</t>
   </si>
   <si>
     <t>3RD-Navy</t>
   </si>
   <si>
     <t>MATHS</t>
   </si>
   <si>
+    <t xml:space="preserve">ARUSH </t>
+  </si>
+  <si>
+    <t>SURINDER KUMAR</t>
+  </si>
+  <si>
+    <t>checked</t>
+  </si>
+  <si>
+    <t>Marks</t>
+  </si>
+  <si>
+    <t>2024-05-14 15:21:38</t>
+  </si>
+  <si>
+    <t>2024-05-14 15:27:08</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARNAV RANA </t>
+  </si>
+  <si>
+    <t>KEWAL KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANSHIKA </t>
+  </si>
+  <si>
+    <t>MAHINDER SINGH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARSHIT THAKUR </t>
+  </si>
+  <si>
+    <t>NIRMAL SINGH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANSH </t>
+  </si>
+  <si>
+    <t>YASH PAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AKSHIT </t>
+  </si>
+  <si>
+    <t>SANJEEV KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AASHIRYA SHARMA </t>
+  </si>
+  <si>
+    <t>ANKUSH KUMAR</t>
+  </si>
+  <si>
+    <t>NAYRA  THAKUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NAVEEN KUMAR PATHANIA </t>
+  </si>
+  <si>
+    <t>not given</t>
+  </si>
+  <si>
+    <t>VIREN THAKUR</t>
+  </si>
+  <si>
+    <t>ROMI KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">YASHVARDHAN SINGH </t>
+  </si>
+  <si>
+    <t>SARVJEET SINGH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VIREN DEHAL </t>
+  </si>
+  <si>
+    <t>AJIT SINGH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AARNAV BANYAL </t>
+  </si>
+  <si>
+    <t>USAV KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VANSHIKA DHIMAN </t>
+  </si>
+  <si>
+    <t>MANISH KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TRIJAL AGNIHOTRI </t>
+  </si>
+  <si>
+    <t>KAPIL SHARMA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHIVANSHI PATHANIA </t>
+  </si>
+  <si>
+    <t>KULDEEP SINGH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHIVANSH CHANDEL </t>
+  </si>
+  <si>
+    <t>GURMAIL SINGH</t>
+  </si>
+  <si>
+    <t>SHANAYA  THAKUR</t>
+  </si>
+  <si>
+    <t>ANOOP SINGH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RIVANSHI </t>
+  </si>
+  <si>
+    <t>VINOD KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RIDHIKA SHARMA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">VISHAL SHARMA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REYANSH RATHOUR </t>
+  </si>
+  <si>
+    <t>JAI PAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PRISHA SHARMA </t>
+  </si>
+  <si>
+    <t>ATUL SHARMA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NAMISH SHARMA </t>
+  </si>
+  <si>
+    <t>NAVEEN KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ISHAN SHARMA </t>
+  </si>
+  <si>
+    <t>MUKESH KUMAR SHARMA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HRIDAY </t>
+  </si>
+  <si>
+    <t>LEKH RAJ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HARSHITA THAKUR </t>
+  </si>
+  <si>
+    <t>RIMPLE KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEVANSH THAKUR </t>
+  </si>
+  <si>
+    <t>SANGRAM SINGH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AYUSH PATHANIA </t>
+  </si>
+  <si>
+    <t>AMIT KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUDVIK SOOD </t>
+  </si>
+  <si>
+    <t>NIKHIL SOOD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ATHRAV MAHIL </t>
+  </si>
+  <si>
+    <t>PANKAJ KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MANVIK ZEER </t>
+  </si>
+  <si>
+    <t>ASHISH KUMAR</t>
+  </si>
+  <si>
     <t xml:space="preserve">ASHUTOSH SHARMA </t>
   </si>
   <si>
     <t>PAWAN KUMAR</t>
-  </si>
-[...193 lines deleted...]
-    <t>PANKAJ KUMAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -703,92 +703,92 @@
       <c r="C2" t="s">
         <v>17</v>
       </c>
       <c r="D2" t="s">
         <v>18</v>
       </c>
       <c r="E2" t="s">
         <v>19</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2">
         <v>9</v>
       </c>
       <c r="H2" t="s">
         <v>21</v>
       </c>
       <c r="I2" t="s">
         <v>22</v>
       </c>
       <c r="J2">
         <v>15</v>
       </c>
       <c r="K2">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="L2"/>
       <c r="M2" t="s">
         <v>23</v>
       </c>
       <c r="N2"/>
       <c r="O2" t="s">
         <v>24</v>
       </c>
       <c r="P2"/>
     </row>
     <row r="3" spans="1:16">
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>25</v>
       </c>
       <c r="F3" t="s">
         <v>26</v>
       </c>
       <c r="G3">
         <v>8</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
       <c r="I3" t="s">
         <v>22</v>
       </c>
       <c r="J3">
         <v>15</v>
       </c>
       <c r="K3">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
         <v>23</v>
       </c>
       <c r="N3"/>
       <c r="O3" t="s">
         <v>24</v>
       </c>
       <c r="P3"/>
     </row>
     <row r="4" spans="1:16">
       <c r="B4" t="s">
         <v>16</v>
       </c>
       <c r="C4" t="s">
         <v>17</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
       <c r="E4" t="s">
         <v>27</v>
       </c>
       <c r="F4" t="s">
@@ -867,699 +867,699 @@
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
         <v>31</v>
       </c>
       <c r="F6" t="s">
         <v>32</v>
       </c>
       <c r="G6">
         <v>6</v>
       </c>
       <c r="H6" t="s">
         <v>21</v>
       </c>
       <c r="I6" t="s">
         <v>22</v>
       </c>
       <c r="J6">
         <v>15</v>
       </c>
       <c r="K6">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>23</v>
       </c>
       <c r="N6"/>
       <c r="O6" t="s">
         <v>24</v>
       </c>
       <c r="P6"/>
     </row>
     <row r="7" spans="1:16">
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7" t="s">
         <v>17</v>
       </c>
       <c r="D7" t="s">
         <v>18</v>
       </c>
       <c r="E7" t="s">
         <v>33</v>
       </c>
       <c r="F7" t="s">
         <v>34</v>
       </c>
       <c r="G7">
         <v>5</v>
       </c>
       <c r="H7" t="s">
         <v>21</v>
       </c>
       <c r="I7" t="s">
         <v>22</v>
       </c>
       <c r="J7">
         <v>15</v>
       </c>
       <c r="K7">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
         <v>23</v>
       </c>
       <c r="N7"/>
       <c r="O7" t="s">
         <v>24</v>
       </c>
       <c r="P7"/>
     </row>
     <row r="8" spans="1:16">
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8" t="s">
         <v>17</v>
       </c>
       <c r="D8" t="s">
         <v>18</v>
       </c>
       <c r="E8" t="s">
         <v>35</v>
       </c>
       <c r="F8" t="s">
         <v>36</v>
       </c>
       <c r="G8">
         <v>4</v>
       </c>
       <c r="H8" t="s">
         <v>21</v>
       </c>
       <c r="I8" t="s">
         <v>22</v>
       </c>
       <c r="J8">
         <v>15</v>
       </c>
       <c r="K8">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>23</v>
       </c>
       <c r="N8"/>
       <c r="O8" t="s">
         <v>24</v>
       </c>
       <c r="P8"/>
     </row>
     <row r="9" spans="1:16">
       <c r="B9" t="s">
         <v>16</v>
       </c>
       <c r="C9" t="s">
         <v>17</v>
       </c>
       <c r="D9" t="s">
         <v>18</v>
       </c>
       <c r="E9" t="s">
         <v>37</v>
       </c>
       <c r="F9" t="s">
         <v>38</v>
       </c>
       <c r="G9">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H9" t="s">
         <v>21</v>
       </c>
       <c r="I9" t="s">
         <v>22</v>
       </c>
       <c r="J9">
         <v>15</v>
       </c>
       <c r="K9">
         <v>0</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>23</v>
       </c>
       <c r="N9"/>
       <c r="O9" t="s">
         <v>24</v>
       </c>
       <c r="P9" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="B10" t="s">
         <v>16</v>
       </c>
       <c r="C10" t="s">
         <v>17</v>
       </c>
       <c r="D10" t="s">
         <v>18</v>
       </c>
       <c r="E10" t="s">
         <v>40</v>
       </c>
       <c r="F10" t="s">
         <v>41</v>
       </c>
       <c r="G10">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H10" t="s">
         <v>21</v>
       </c>
       <c r="I10" t="s">
         <v>22</v>
       </c>
       <c r="J10">
         <v>15</v>
       </c>
       <c r="K10">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>23</v>
       </c>
       <c r="N10"/>
       <c r="O10" t="s">
         <v>24</v>
       </c>
       <c r="P10"/>
     </row>
     <row r="11" spans="1:16">
       <c r="B11" t="s">
         <v>16</v>
       </c>
       <c r="C11" t="s">
         <v>17</v>
       </c>
       <c r="D11" t="s">
         <v>18</v>
       </c>
       <c r="E11" t="s">
         <v>42</v>
       </c>
       <c r="F11" t="s">
         <v>43</v>
       </c>
       <c r="G11">
         <v>30</v>
       </c>
       <c r="H11" t="s">
         <v>21</v>
       </c>
       <c r="I11" t="s">
         <v>22</v>
       </c>
       <c r="J11">
         <v>15</v>
       </c>
       <c r="K11">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>23</v>
       </c>
       <c r="N11"/>
       <c r="O11" t="s">
         <v>24</v>
       </c>
       <c r="P11"/>
     </row>
     <row r="12" spans="1:16">
       <c r="B12" t="s">
         <v>16</v>
       </c>
       <c r="C12" t="s">
         <v>17</v>
       </c>
       <c r="D12" t="s">
         <v>18</v>
       </c>
       <c r="E12" t="s">
         <v>44</v>
       </c>
       <c r="F12" t="s">
         <v>45</v>
       </c>
       <c r="G12">
-        <v>3</v>
+        <v>30</v>
       </c>
       <c r="H12" t="s">
         <v>21</v>
       </c>
       <c r="I12" t="s">
         <v>22</v>
       </c>
       <c r="J12">
         <v>15</v>
       </c>
       <c r="K12">
         <v>15</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>23</v>
       </c>
       <c r="N12"/>
       <c r="O12" t="s">
         <v>24</v>
       </c>
       <c r="P12"/>
     </row>
     <row r="13" spans="1:16">
       <c r="B13" t="s">
         <v>16</v>
       </c>
       <c r="C13" t="s">
         <v>17</v>
       </c>
       <c r="D13" t="s">
         <v>18</v>
       </c>
       <c r="E13" t="s">
         <v>46</v>
       </c>
       <c r="F13" t="s">
         <v>47</v>
       </c>
       <c r="G13">
-        <v>29</v>
+        <v>3</v>
       </c>
       <c r="H13" t="s">
         <v>21</v>
       </c>
       <c r="I13" t="s">
         <v>22</v>
       </c>
       <c r="J13">
         <v>15</v>
       </c>
       <c r="K13">
         <v>15</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>23</v>
       </c>
       <c r="N13"/>
       <c r="O13" t="s">
         <v>24</v>
       </c>
       <c r="P13"/>
     </row>
     <row r="14" spans="1:16">
       <c r="B14" t="s">
         <v>16</v>
       </c>
       <c r="C14" t="s">
         <v>17</v>
       </c>
       <c r="D14" t="s">
         <v>18</v>
       </c>
       <c r="E14" t="s">
         <v>48</v>
       </c>
       <c r="F14" t="s">
         <v>49</v>
       </c>
       <c r="G14">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H14" t="s">
         <v>21</v>
       </c>
       <c r="I14" t="s">
         <v>22</v>
       </c>
       <c r="J14">
         <v>15</v>
       </c>
       <c r="K14">
         <v>11</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>23</v>
       </c>
       <c r="N14"/>
       <c r="O14" t="s">
         <v>24</v>
       </c>
       <c r="P14"/>
     </row>
     <row r="15" spans="1:16">
       <c r="B15" t="s">
         <v>16</v>
       </c>
       <c r="C15" t="s">
         <v>17</v>
       </c>
       <c r="D15" t="s">
         <v>18</v>
       </c>
       <c r="E15" t="s">
         <v>50</v>
       </c>
       <c r="F15" t="s">
         <v>51</v>
       </c>
       <c r="G15">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="H15" t="s">
         <v>21</v>
       </c>
       <c r="I15" t="s">
         <v>22</v>
       </c>
       <c r="J15">
         <v>15</v>
       </c>
       <c r="K15">
         <v>15</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>23</v>
       </c>
       <c r="N15"/>
       <c r="O15" t="s">
         <v>24</v>
       </c>
       <c r="P15"/>
     </row>
     <row r="16" spans="1:16">
       <c r="B16" t="s">
         <v>16</v>
       </c>
       <c r="C16" t="s">
         <v>17</v>
       </c>
       <c r="D16" t="s">
         <v>18</v>
       </c>
       <c r="E16" t="s">
         <v>52</v>
       </c>
       <c r="F16" t="s">
         <v>53</v>
       </c>
       <c r="G16">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H16" t="s">
         <v>21</v>
       </c>
       <c r="I16" t="s">
         <v>22</v>
       </c>
       <c r="J16">
         <v>15</v>
       </c>
       <c r="K16">
         <v>15</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>23</v>
       </c>
       <c r="N16"/>
       <c r="O16" t="s">
         <v>24</v>
       </c>
       <c r="P16"/>
     </row>
     <row r="17" spans="1:16">
       <c r="B17" t="s">
         <v>16</v>
       </c>
       <c r="C17" t="s">
         <v>17</v>
       </c>
       <c r="D17" t="s">
         <v>18</v>
       </c>
       <c r="E17" t="s">
         <v>54</v>
       </c>
       <c r="F17" t="s">
         <v>55</v>
       </c>
       <c r="G17">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="H17" t="s">
         <v>21</v>
       </c>
       <c r="I17" t="s">
         <v>22</v>
       </c>
       <c r="J17">
         <v>15</v>
       </c>
       <c r="K17">
         <v>9</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
         <v>23</v>
       </c>
       <c r="N17"/>
       <c r="O17" t="s">
         <v>24</v>
       </c>
       <c r="P17"/>
     </row>
     <row r="18" spans="1:16">
       <c r="B18" t="s">
         <v>16</v>
       </c>
       <c r="C18" t="s">
         <v>17</v>
       </c>
       <c r="D18" t="s">
         <v>18</v>
       </c>
       <c r="E18" t="s">
         <v>56</v>
       </c>
       <c r="F18" t="s">
         <v>57</v>
       </c>
       <c r="G18">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="H18" t="s">
         <v>21</v>
       </c>
       <c r="I18" t="s">
         <v>22</v>
       </c>
       <c r="J18">
         <v>15</v>
       </c>
       <c r="K18">
         <v>15</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>23</v>
       </c>
       <c r="N18"/>
       <c r="O18" t="s">
         <v>24</v>
       </c>
       <c r="P18"/>
     </row>
     <row r="19" spans="1:16">
       <c r="B19" t="s">
         <v>16</v>
       </c>
       <c r="C19" t="s">
         <v>17</v>
       </c>
       <c r="D19" t="s">
         <v>18</v>
       </c>
       <c r="E19" t="s">
         <v>58</v>
       </c>
       <c r="F19" t="s">
         <v>59</v>
       </c>
       <c r="G19">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="H19" t="s">
         <v>21</v>
       </c>
       <c r="I19" t="s">
         <v>22</v>
       </c>
       <c r="J19">
         <v>15</v>
       </c>
       <c r="K19">
         <v>14</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
         <v>23</v>
       </c>
       <c r="N19"/>
       <c r="O19" t="s">
         <v>24</v>
       </c>
       <c r="P19"/>
     </row>
     <row r="20" spans="1:16">
       <c r="B20" t="s">
         <v>16</v>
       </c>
       <c r="C20" t="s">
         <v>17</v>
       </c>
       <c r="D20" t="s">
         <v>18</v>
       </c>
       <c r="E20" t="s">
         <v>60</v>
       </c>
       <c r="F20" t="s">
         <v>61</v>
       </c>
       <c r="G20">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H20" t="s">
         <v>21</v>
       </c>
       <c r="I20" t="s">
         <v>22</v>
       </c>
       <c r="J20">
         <v>15</v>
       </c>
       <c r="K20">
         <v>0</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
         <v>23</v>
       </c>
       <c r="N20"/>
       <c r="O20" t="s">
         <v>24</v>
       </c>
       <c r="P20" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="B21" t="s">
         <v>16</v>
       </c>
       <c r="C21" t="s">
         <v>17</v>
       </c>
       <c r="D21" t="s">
         <v>18</v>
       </c>
       <c r="E21" t="s">
         <v>62</v>
       </c>
       <c r="F21" t="s">
         <v>63</v>
       </c>
       <c r="G21">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H21" t="s">
         <v>21</v>
       </c>
       <c r="I21" t="s">
         <v>22</v>
       </c>
       <c r="J21">
         <v>15</v>
       </c>
       <c r="K21">
         <v>10</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
         <v>23</v>
       </c>
       <c r="N21"/>
       <c r="O21" t="s">
         <v>24</v>
       </c>
       <c r="P21"/>
     </row>
     <row r="22" spans="1:16">
       <c r="B22" t="s">
         <v>16</v>
       </c>
       <c r="C22" t="s">
         <v>17</v>
       </c>
       <c r="D22" t="s">
         <v>18</v>
       </c>
       <c r="E22" t="s">
         <v>64</v>
       </c>
       <c r="F22" t="s">
         <v>65</v>
       </c>
       <c r="G22">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="H22" t="s">
         <v>21</v>
       </c>
       <c r="I22" t="s">
         <v>22</v>
       </c>
       <c r="J22">
         <v>15</v>
       </c>
       <c r="K22">
         <v>15</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
         <v>23</v>
       </c>
       <c r="N22"/>
       <c r="O22" t="s">
         <v>24</v>
       </c>
       <c r="P22"/>
     </row>
     <row r="23" spans="1:16">
       <c r="B23" t="s">
@@ -1609,297 +1609,297 @@
       <c r="C24" t="s">
         <v>17</v>
       </c>
       <c r="D24" t="s">
         <v>18</v>
       </c>
       <c r="E24" t="s">
         <v>68</v>
       </c>
       <c r="F24" t="s">
         <v>69</v>
       </c>
       <c r="G24">
         <v>18</v>
       </c>
       <c r="H24" t="s">
         <v>21</v>
       </c>
       <c r="I24" t="s">
         <v>22</v>
       </c>
       <c r="J24">
         <v>15</v>
       </c>
       <c r="K24">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
         <v>23</v>
       </c>
       <c r="N24"/>
       <c r="O24" t="s">
         <v>24</v>
       </c>
       <c r="P24"/>
     </row>
     <row r="25" spans="1:16">
       <c r="B25" t="s">
         <v>16</v>
       </c>
       <c r="C25" t="s">
         <v>17</v>
       </c>
       <c r="D25" t="s">
         <v>18</v>
       </c>
       <c r="E25" t="s">
         <v>70</v>
       </c>
       <c r="F25" t="s">
         <v>71</v>
       </c>
       <c r="G25">
         <v>17</v>
       </c>
       <c r="H25" t="s">
         <v>21</v>
       </c>
       <c r="I25" t="s">
         <v>22</v>
       </c>
       <c r="J25">
         <v>15</v>
       </c>
       <c r="K25">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
         <v>23</v>
       </c>
       <c r="N25"/>
       <c r="O25" t="s">
         <v>24</v>
       </c>
       <c r="P25"/>
     </row>
     <row r="26" spans="1:16">
       <c r="B26" t="s">
         <v>16</v>
       </c>
       <c r="C26" t="s">
         <v>17</v>
       </c>
       <c r="D26" t="s">
         <v>18</v>
       </c>
       <c r="E26" t="s">
         <v>72</v>
       </c>
       <c r="F26" t="s">
         <v>73</v>
       </c>
       <c r="G26">
         <v>16</v>
       </c>
       <c r="H26" t="s">
         <v>21</v>
       </c>
       <c r="I26" t="s">
         <v>22</v>
       </c>
       <c r="J26">
         <v>15</v>
       </c>
       <c r="K26">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>23</v>
       </c>
       <c r="N26"/>
       <c r="O26" t="s">
         <v>24</v>
       </c>
       <c r="P26"/>
     </row>
     <row r="27" spans="1:16">
       <c r="B27" t="s">
         <v>16</v>
       </c>
       <c r="C27" t="s">
         <v>17</v>
       </c>
       <c r="D27" t="s">
         <v>18</v>
       </c>
       <c r="E27" t="s">
         <v>74</v>
       </c>
       <c r="F27" t="s">
         <v>75</v>
       </c>
       <c r="G27">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H27" t="s">
         <v>21</v>
       </c>
       <c r="I27" t="s">
         <v>22</v>
       </c>
       <c r="J27">
         <v>15</v>
       </c>
       <c r="K27">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
         <v>23</v>
       </c>
       <c r="N27"/>
       <c r="O27" t="s">
         <v>24</v>
       </c>
       <c r="P27"/>
     </row>
     <row r="28" spans="1:16">
       <c r="B28" t="s">
         <v>16</v>
       </c>
       <c r="C28" t="s">
         <v>17</v>
       </c>
       <c r="D28" t="s">
         <v>18</v>
       </c>
       <c r="E28" t="s">
         <v>76</v>
       </c>
       <c r="F28" t="s">
         <v>77</v>
       </c>
       <c r="G28">
         <v>13</v>
       </c>
       <c r="H28" t="s">
         <v>21</v>
       </c>
       <c r="I28" t="s">
         <v>22</v>
       </c>
       <c r="J28">
         <v>15</v>
       </c>
       <c r="K28">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
         <v>23</v>
       </c>
       <c r="N28"/>
       <c r="O28" t="s">
         <v>24</v>
       </c>
       <c r="P28"/>
     </row>
     <row r="29" spans="1:16">
       <c r="B29" t="s">
         <v>16</v>
       </c>
       <c r="C29" t="s">
         <v>17</v>
       </c>
       <c r="D29" t="s">
         <v>18</v>
       </c>
       <c r="E29" t="s">
         <v>78</v>
       </c>
       <c r="F29" t="s">
         <v>79</v>
       </c>
       <c r="G29">
         <v>12</v>
       </c>
       <c r="H29" t="s">
         <v>21</v>
       </c>
       <c r="I29" t="s">
         <v>22</v>
       </c>
       <c r="J29">
         <v>15</v>
       </c>
       <c r="K29">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
         <v>23</v>
       </c>
       <c r="N29"/>
       <c r="O29" t="s">
         <v>24</v>
       </c>
       <c r="P29"/>
     </row>
     <row r="30" spans="1:16">
       <c r="B30" t="s">
         <v>16</v>
       </c>
       <c r="C30" t="s">
         <v>17</v>
       </c>
       <c r="D30" t="s">
         <v>18</v>
       </c>
       <c r="E30" t="s">
         <v>80</v>
       </c>
       <c r="F30" t="s">
         <v>81</v>
       </c>
       <c r="G30">
         <v>11</v>
       </c>
       <c r="H30" t="s">
         <v>21</v>
       </c>
       <c r="I30" t="s">
         <v>22</v>
       </c>
       <c r="J30">
         <v>15</v>
       </c>
       <c r="K30">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
         <v>23</v>
       </c>
       <c r="N30"/>
       <c r="O30" t="s">
         <v>24</v>
       </c>
       <c r="P30"/>
     </row>
     <row r="31" spans="1:16">
       <c r="B31" t="s">
         <v>16</v>
       </c>
       <c r="C31" t="s">
         <v>17</v>
       </c>
       <c r="D31" t="s">
         <v>18</v>
       </c>
       <c r="E31" t="s">
         <v>82</v>
       </c>
       <c r="F31" t="s">
@@ -1937,51 +1937,51 @@
       <c r="C32" t="s">
         <v>17</v>
       </c>
       <c r="D32" t="s">
         <v>18</v>
       </c>
       <c r="E32" t="s">
         <v>84</v>
       </c>
       <c r="F32" t="s">
         <v>85</v>
       </c>
       <c r="G32">
         <v>10</v>
       </c>
       <c r="H32" t="s">
         <v>21</v>
       </c>
       <c r="I32" t="s">
         <v>22</v>
       </c>
       <c r="J32">
         <v>15</v>
       </c>
       <c r="K32">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
         <v>23</v>
       </c>
       <c r="N32"/>
       <c r="O32" t="s">
         <v>24</v>
       </c>
       <c r="P32"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>