--- v0 (2025-11-07)
+++ v1 (2026-03-22)
@@ -62,51 +62,51 @@
   <si>
     <t>UOM</t>
   </si>
   <si>
     <t>Max</t>
   </si>
   <si>
     <t>Score</t>
   </si>
   <si>
     <t>Ans-sheet</t>
   </si>
   <si>
     <t>created-at</t>
   </si>
   <si>
     <t>submitted_at</t>
   </si>
   <si>
     <t>Checked-at</t>
   </si>
   <si>
     <t>Remarks</t>
   </si>
   <si>
-    <t>Neelam  Sharma</t>
+    <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>3RD-Navy</t>
   </si>
   <si>
     <t>SCIENCE</t>
   </si>
   <si>
     <t xml:space="preserve">AVANI SHARMA </t>
   </si>
   <si>
     <t>KAMAL KISHOR</t>
   </si>
   <si>
     <t>checked</t>
   </si>
   <si>
     <t>Marks</t>
   </si>
   <si>
     <t>2024-02-19 18:59:03</t>
   </si>
   <si>
     <t>2024-02-19 18:59:47</t>
   </si>