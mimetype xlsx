--- v0 (2025-11-07)
+++ v1 (2026-03-22)
@@ -212,51 +212,51 @@
   <si>
     <t>SANJEEV KUMAR</t>
   </si>
   <si>
     <t>2024-02-14 12:40:35</t>
   </si>
   <si>
     <t>SHORYA  RANA</t>
   </si>
   <si>
     <t>SANJEEV RANA</t>
   </si>
   <si>
     <t>2024-02-14 12:41:40</t>
   </si>
   <si>
     <t xml:space="preserve">SAKSHAM KALIA </t>
   </si>
   <si>
     <t>MUNISH KALIA</t>
   </si>
   <si>
     <t>2024-02-14 12:40:18</t>
   </si>
   <si>
-    <t xml:space="preserve">RIDHIMA </t>
+    <t xml:space="preserve">RIDHIMA THAKUR </t>
   </si>
   <si>
     <t>AJAY KUMAR</t>
   </si>
   <si>
     <t>2024-02-14 12:40:29</t>
   </si>
   <si>
     <t xml:space="preserve">REEJAL THAKUR </t>
   </si>
   <si>
     <t>MAHAINDER SINGH</t>
   </si>
   <si>
     <t>2024-02-14 12:39:57</t>
   </si>
   <si>
     <t xml:space="preserve">RADHIKA THAKUR </t>
   </si>
   <si>
     <t>YUDHBIR SINGH</t>
   </si>
   <si>
     <t>2024-02-14 12:39:50</t>
   </si>