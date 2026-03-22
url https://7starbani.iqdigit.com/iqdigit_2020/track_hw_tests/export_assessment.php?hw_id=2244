--- v0 (2025-11-07)
+++ v1 (2026-03-22)
@@ -143,291 +143,291 @@
   <si>
     <t xml:space="preserve">PARDEEP KUMAR </t>
   </si>
   <si>
     <t>2024-02-14 12:00:35</t>
   </si>
   <si>
     <t xml:space="preserve">AAROHI RANA </t>
   </si>
   <si>
     <t>ARUN RANA</t>
   </si>
   <si>
     <t>2024-02-14 11:52:26</t>
   </si>
   <si>
     <t>ARAV  THAKUR</t>
   </si>
   <si>
     <t>LUCKY THAKUR</t>
   </si>
   <si>
     <t>2024-02-14 11:52:14</t>
   </si>
   <si>
+    <t>MANUJ  KALIA</t>
+  </si>
+  <si>
+    <t>RAJESH KUMAR</t>
+  </si>
+  <si>
+    <t>2024-02-14 11:55:47</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SANVI SHARMA </t>
+  </si>
+  <si>
+    <t>PARVEEN KUMAR</t>
+  </si>
+  <si>
+    <t>2024-02-14 12:01:22</t>
+  </si>
+  <si>
+    <t>SARIKA SHARDA</t>
+  </si>
+  <si>
+    <t>SUNIL SHARDA</t>
+  </si>
+  <si>
+    <t>2024-02-14 11:56:20</t>
+  </si>
+  <si>
+    <t>SHAURYA  THAKUR</t>
+  </si>
+  <si>
+    <t>2024-02-14 11:56:52</t>
+  </si>
+  <si>
+    <t>VAIBHAV BANYAL</t>
+  </si>
+  <si>
+    <t>RAMNEEK SINGH</t>
+  </si>
+  <si>
+    <t>2024-02-14 11:59:09</t>
+  </si>
+  <si>
+    <t>SUMEDHA  VIJ</t>
+  </si>
+  <si>
+    <t>MUNISH KUMAR</t>
+  </si>
+  <si>
+    <t>2024-02-14 11:58:32</t>
+  </si>
+  <si>
+    <t>YAJAT  RANA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARUN RANA </t>
+  </si>
+  <si>
+    <t>2024-02-14 11:59:51</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IPSHITA </t>
+  </si>
+  <si>
+    <t>NIMAN SHARMA</t>
+  </si>
+  <si>
+    <t>2024-02-14 11:54:56</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUJAL RANA </t>
+  </si>
+  <si>
+    <t>RAJENDER SINGH</t>
+  </si>
+  <si>
+    <t>2024-02-14 11:58:27</t>
+  </si>
+  <si>
+    <t xml:space="preserve">YASHIKA SHARMA </t>
+  </si>
+  <si>
+    <t>AJAY KUMAR</t>
+  </si>
+  <si>
+    <t>2024-02-14 11:59:31</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RUDRANSH SINGH PATHANIA </t>
+  </si>
+  <si>
+    <t>DEEP SINGH</t>
+  </si>
+  <si>
+    <t>2024-02-14 11:56:10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RAKSHIT DHIMAN </t>
+  </si>
+  <si>
+    <t>SUNIL KUMAR</t>
+  </si>
+  <si>
+    <t>2024-02-14 11:56:02</t>
+  </si>
+  <si>
     <t>SATYAM  SHARMA</t>
   </si>
   <si>
     <t>AMIT KUMAR SHARMA</t>
   </si>
   <si>
     <t>2024-02-14 11:56:28</t>
   </si>
   <si>
+    <t xml:space="preserve">ARMAN BANYAL </t>
+  </si>
+  <si>
+    <t>NARESH KUMAR</t>
+  </si>
+  <si>
+    <t>2024-02-14 11:53:47</t>
+  </si>
+  <si>
     <t xml:space="preserve">AARADHYA SINGH </t>
   </si>
   <si>
     <t>VIPAN KUMAR</t>
   </si>
   <si>
     <t>2024-02-14 11:52:04</t>
   </si>
   <si>
+    <t xml:space="preserve">SHUBHAM RANA </t>
+  </si>
+  <si>
+    <t>NEERAJ KUMAR</t>
+  </si>
+  <si>
+    <t>2024-02-14 11:57:35</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHIVAM SHARMA </t>
+  </si>
+  <si>
+    <t>SURESH SHARMA</t>
+  </si>
+  <si>
+    <t>2024-02-14 11:57:01</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KRITIKA SHARMA </t>
+  </si>
+  <si>
+    <t>RAJIV KUMAR SHARMA</t>
+  </si>
+  <si>
+    <t>2024-02-14 11:55:32</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NAINIKA </t>
+  </si>
+  <si>
+    <t>ASHWANI KUMAR</t>
+  </si>
+  <si>
+    <t>2024-02-14 11:55:53</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUNIDHI SHARMA </t>
+  </si>
+  <si>
+    <t>2024-02-14 11:58:40</t>
+  </si>
+  <si>
     <t xml:space="preserve">MANNAT THAKUR </t>
   </si>
   <si>
     <t>RAMNISH KUMAR</t>
   </si>
   <si>
     <t>2024-02-14 11:55:40</t>
   </si>
   <si>
+    <t xml:space="preserve">SOURAV SHARMA </t>
+  </si>
+  <si>
+    <t>SURJEET KUMAR</t>
+  </si>
+  <si>
+    <t>2024-02-14 11:58:20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARYAN THAKUR </t>
+  </si>
+  <si>
+    <t>BALBIR SINGH</t>
+  </si>
+  <si>
+    <t>2024-02-14 11:53:59</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHANAYA THAKUR </t>
+  </si>
+  <si>
+    <t>RAKESH THAKUR</t>
+  </si>
+  <si>
+    <t>2024-02-14 11:56:33</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SWARIT </t>
+  </si>
+  <si>
+    <t>LEKH RAJ</t>
+  </si>
+  <si>
+    <t>2024-02-14 11:59:01</t>
+  </si>
+  <si>
     <t xml:space="preserve">DWIJ SHARMA </t>
   </si>
   <si>
     <t>SANJAY SHARMA</t>
   </si>
   <si>
     <t>2024-02-14 11:54:41</t>
   </si>
   <si>
-    <t xml:space="preserve">SWARIT </t>
-[...25 lines deleted...]
-  <si>
     <t xml:space="preserve">JIGYASA KUMARI </t>
   </si>
   <si>
-    <t>NARESH KUMAR</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-02-14 11:55:07</t>
   </si>
   <si>
-    <t xml:space="preserve">SOURAV SHARMA </t>
-[...58 lines deleted...]
-  <si>
     <t xml:space="preserve">SURYANSH </t>
   </si>
   <si>
     <t>VINOD KUMAR</t>
   </si>
   <si>
     <t>2024-02-14 11:58:52</t>
-  </si>
-[...100 lines deleted...]
-    <t>2024-02-14 12:01:22</t>
   </si>
   <si>
     <t xml:space="preserve">ADARSH </t>
   </si>
   <si>
     <t>2024-02-14 11:51:52</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1098,1196 +1098,1196 @@
         <v>23</v>
       </c>
       <c r="N8"/>
       <c r="O8" t="s">
         <v>42</v>
       </c>
       <c r="P8"/>
     </row>
     <row r="9" spans="1:16">
       <c r="B9" t="s">
         <v>16</v>
       </c>
       <c r="C9" t="s">
         <v>17</v>
       </c>
       <c r="D9" t="s">
         <v>18</v>
       </c>
       <c r="E9" t="s">
         <v>43</v>
       </c>
       <c r="F9" t="s">
         <v>44</v>
       </c>
       <c r="G9">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="H9" t="s">
         <v>21</v>
       </c>
       <c r="I9" t="s">
         <v>22</v>
       </c>
       <c r="J9">
         <v>20</v>
       </c>
       <c r="K9">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>23</v>
       </c>
       <c r="N9"/>
       <c r="O9" t="s">
         <v>45</v>
       </c>
       <c r="P9"/>
     </row>
     <row r="10" spans="1:16">
       <c r="B10" t="s">
         <v>16</v>
       </c>
       <c r="C10" t="s">
         <v>17</v>
       </c>
       <c r="D10" t="s">
         <v>18</v>
       </c>
       <c r="E10" t="s">
         <v>46</v>
       </c>
       <c r="F10" t="s">
         <v>47</v>
       </c>
       <c r="G10">
-        <v>2</v>
+        <v>31</v>
       </c>
       <c r="H10" t="s">
         <v>21</v>
       </c>
       <c r="I10" t="s">
         <v>22</v>
       </c>
       <c r="J10">
         <v>20</v>
       </c>
       <c r="K10">
-        <v>18.5</v>
+        <v>15</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>23</v>
       </c>
       <c r="N10"/>
       <c r="O10" t="s">
         <v>48</v>
       </c>
       <c r="P10"/>
     </row>
     <row r="11" spans="1:16">
       <c r="B11" t="s">
         <v>16</v>
       </c>
       <c r="C11" t="s">
         <v>17</v>
       </c>
       <c r="D11" t="s">
         <v>18</v>
       </c>
       <c r="E11" t="s">
         <v>49</v>
       </c>
       <c r="F11" t="s">
         <v>50</v>
       </c>
       <c r="G11">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="H11" t="s">
         <v>21</v>
       </c>
       <c r="I11" t="s">
         <v>22</v>
       </c>
       <c r="J11">
         <v>20</v>
       </c>
       <c r="K11">
-        <v>18.5</v>
+        <v>10.5</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>23</v>
       </c>
       <c r="N11"/>
       <c r="O11" t="s">
         <v>51</v>
       </c>
       <c r="P11"/>
     </row>
     <row r="12" spans="1:16">
       <c r="B12" t="s">
         <v>16</v>
       </c>
       <c r="C12" t="s">
         <v>17</v>
       </c>
       <c r="D12" t="s">
         <v>18</v>
       </c>
       <c r="E12" t="s">
         <v>52</v>
       </c>
       <c r="F12" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="G12">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="H12" t="s">
         <v>21</v>
       </c>
       <c r="I12" t="s">
         <v>22</v>
       </c>
       <c r="J12">
         <v>20</v>
       </c>
       <c r="K12">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>23</v>
       </c>
       <c r="N12"/>
       <c r="O12" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="P12"/>
     </row>
     <row r="13" spans="1:16">
       <c r="B13" t="s">
         <v>16</v>
       </c>
       <c r="C13" t="s">
         <v>17</v>
       </c>
       <c r="D13" t="s">
         <v>18</v>
       </c>
       <c r="E13" t="s">
+        <v>54</v>
+      </c>
+      <c r="F13" t="s">
         <v>55</v>
       </c>
-      <c r="F13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G13">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="H13" t="s">
         <v>21</v>
       </c>
       <c r="I13" t="s">
         <v>22</v>
       </c>
       <c r="J13">
         <v>20</v>
       </c>
       <c r="K13">
-        <v>18.5</v>
+        <v>4.5</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>23</v>
       </c>
       <c r="N13"/>
       <c r="O13" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="P13"/>
     </row>
     <row r="14" spans="1:16">
       <c r="B14" t="s">
         <v>16</v>
       </c>
       <c r="C14" t="s">
         <v>17</v>
       </c>
       <c r="D14" t="s">
         <v>18</v>
       </c>
       <c r="E14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F14" t="s">
         <v>58</v>
       </c>
-      <c r="F14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G14">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="H14" t="s">
         <v>21</v>
       </c>
       <c r="I14" t="s">
         <v>22</v>
       </c>
       <c r="J14">
         <v>20</v>
       </c>
       <c r="K14">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>23</v>
       </c>
       <c r="N14"/>
       <c r="O14" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="P14"/>
     </row>
     <row r="15" spans="1:16">
       <c r="B15" t="s">
         <v>16</v>
       </c>
       <c r="C15" t="s">
         <v>17</v>
       </c>
       <c r="D15" t="s">
         <v>18</v>
       </c>
       <c r="E15" t="s">
+        <v>60</v>
+      </c>
+      <c r="F15" t="s">
         <v>61</v>
       </c>
-      <c r="F15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G15">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="H15" t="s">
         <v>21</v>
       </c>
       <c r="I15" t="s">
         <v>22</v>
       </c>
       <c r="J15">
         <v>20</v>
       </c>
       <c r="K15">
-        <v>9</v>
+        <v>18.5</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>23</v>
       </c>
       <c r="N15"/>
       <c r="O15" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="P15"/>
     </row>
     <row r="16" spans="1:16">
       <c r="B16" t="s">
         <v>16</v>
       </c>
       <c r="C16" t="s">
         <v>17</v>
       </c>
       <c r="D16" t="s">
         <v>18</v>
       </c>
       <c r="E16" t="s">
+        <v>63</v>
+      </c>
+      <c r="F16" t="s">
         <v>64</v>
       </c>
-      <c r="F16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G16">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="H16" t="s">
         <v>21</v>
       </c>
       <c r="I16" t="s">
         <v>22</v>
       </c>
       <c r="J16">
         <v>20</v>
       </c>
       <c r="K16">
-        <v>19</v>
+        <v>17.5</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>23</v>
       </c>
       <c r="N16"/>
       <c r="O16" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="P16"/>
     </row>
     <row r="17" spans="1:16">
       <c r="B17" t="s">
         <v>16</v>
       </c>
       <c r="C17" t="s">
         <v>17</v>
       </c>
       <c r="D17" t="s">
         <v>18</v>
       </c>
       <c r="E17" t="s">
+        <v>66</v>
+      </c>
+      <c r="F17" t="s">
         <v>67</v>
       </c>
-      <c r="F17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G17">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="H17" t="s">
         <v>21</v>
       </c>
       <c r="I17" t="s">
         <v>22</v>
       </c>
       <c r="J17">
         <v>20</v>
       </c>
       <c r="K17">
-        <v>17</v>
+        <v>17.5</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
         <v>23</v>
       </c>
       <c r="N17"/>
       <c r="O17" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="P17"/>
     </row>
     <row r="18" spans="1:16">
       <c r="B18" t="s">
         <v>16</v>
       </c>
       <c r="C18" t="s">
         <v>17</v>
       </c>
       <c r="D18" t="s">
         <v>18</v>
       </c>
       <c r="E18" t="s">
+        <v>69</v>
+      </c>
+      <c r="F18" t="s">
         <v>70</v>
       </c>
-      <c r="F18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G18">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="H18" t="s">
         <v>21</v>
       </c>
       <c r="I18" t="s">
         <v>22</v>
       </c>
       <c r="J18">
         <v>20</v>
       </c>
       <c r="K18">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>23</v>
       </c>
       <c r="N18"/>
       <c r="O18" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="P18"/>
     </row>
     <row r="19" spans="1:16">
       <c r="B19" t="s">
         <v>16</v>
       </c>
       <c r="C19" t="s">
         <v>17</v>
       </c>
       <c r="D19" t="s">
         <v>18</v>
       </c>
       <c r="E19" t="s">
+        <v>72</v>
+      </c>
+      <c r="F19" t="s">
         <v>73</v>
       </c>
-      <c r="F19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G19">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="H19" t="s">
         <v>21</v>
       </c>
       <c r="I19" t="s">
         <v>22</v>
       </c>
       <c r="J19">
         <v>20</v>
       </c>
       <c r="K19">
         <v>17</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
         <v>23</v>
       </c>
       <c r="N19"/>
       <c r="O19" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="P19"/>
     </row>
     <row r="20" spans="1:16">
       <c r="B20" t="s">
         <v>16</v>
       </c>
       <c r="C20" t="s">
         <v>17</v>
       </c>
       <c r="D20" t="s">
         <v>18</v>
       </c>
       <c r="E20" t="s">
+        <v>75</v>
+      </c>
+      <c r="F20" t="s">
         <v>76</v>
       </c>
-      <c r="F20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G20">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="H20" t="s">
         <v>21</v>
       </c>
       <c r="I20" t="s">
         <v>22</v>
       </c>
       <c r="J20">
         <v>20</v>
       </c>
       <c r="K20">
-        <v>18.5</v>
+        <v>13.5</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
         <v>23</v>
       </c>
       <c r="N20"/>
       <c r="O20" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="P20"/>
     </row>
     <row r="21" spans="1:16">
       <c r="B21" t="s">
         <v>16</v>
       </c>
       <c r="C21" t="s">
         <v>17</v>
       </c>
       <c r="D21" t="s">
         <v>18</v>
       </c>
       <c r="E21" t="s">
+        <v>78</v>
+      </c>
+      <c r="F21" t="s">
         <v>79</v>
       </c>
-      <c r="F21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G21">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="H21" t="s">
         <v>21</v>
       </c>
       <c r="I21" t="s">
         <v>22</v>
       </c>
       <c r="J21">
         <v>20</v>
       </c>
       <c r="K21">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
         <v>23</v>
       </c>
       <c r="N21"/>
       <c r="O21" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="P21"/>
     </row>
     <row r="22" spans="1:16">
       <c r="B22" t="s">
         <v>16</v>
       </c>
       <c r="C22" t="s">
         <v>17</v>
       </c>
       <c r="D22" t="s">
         <v>18</v>
       </c>
       <c r="E22" t="s">
+        <v>81</v>
+      </c>
+      <c r="F22" t="s">
         <v>82</v>
       </c>
-      <c r="F22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G22">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H22" t="s">
         <v>21</v>
       </c>
       <c r="I22" t="s">
         <v>22</v>
       </c>
       <c r="J22">
         <v>20</v>
       </c>
       <c r="K22">
-        <v>12</v>
+        <v>4.5</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
         <v>23</v>
       </c>
       <c r="N22"/>
       <c r="O22" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="P22"/>
     </row>
     <row r="23" spans="1:16">
       <c r="B23" t="s">
         <v>16</v>
       </c>
       <c r="C23" t="s">
         <v>17</v>
       </c>
       <c r="D23" t="s">
         <v>18</v>
       </c>
       <c r="E23" t="s">
+        <v>84</v>
+      </c>
+      <c r="F23" t="s">
         <v>85</v>
       </c>
-      <c r="F23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G23">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="H23" t="s">
         <v>21</v>
       </c>
       <c r="I23" t="s">
         <v>22</v>
       </c>
       <c r="J23">
         <v>20</v>
       </c>
       <c r="K23">
-        <v>4.5</v>
+        <v>18.5</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
         <v>23</v>
       </c>
       <c r="N23"/>
       <c r="O23" t="s">
         <v>86</v>
       </c>
       <c r="P23"/>
     </row>
     <row r="24" spans="1:16">
       <c r="B24" t="s">
         <v>16</v>
       </c>
       <c r="C24" t="s">
         <v>17</v>
       </c>
       <c r="D24" t="s">
         <v>18</v>
       </c>
       <c r="E24" t="s">
         <v>87</v>
       </c>
       <c r="F24" t="s">
         <v>88</v>
       </c>
       <c r="G24">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="H24" t="s">
         <v>21</v>
       </c>
       <c r="I24" t="s">
         <v>22</v>
       </c>
       <c r="J24">
         <v>20</v>
       </c>
       <c r="K24">
-        <v>10.5</v>
+        <v>12</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
         <v>23</v>
       </c>
       <c r="N24"/>
       <c r="O24" t="s">
         <v>89</v>
       </c>
       <c r="P24"/>
     </row>
     <row r="25" spans="1:16">
       <c r="B25" t="s">
         <v>16</v>
       </c>
       <c r="C25" t="s">
         <v>17</v>
       </c>
       <c r="D25" t="s">
         <v>18</v>
       </c>
       <c r="E25" t="s">
         <v>90</v>
       </c>
       <c r="F25" t="s">
         <v>91</v>
       </c>
       <c r="G25">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="H25" t="s">
         <v>21</v>
       </c>
       <c r="I25" t="s">
         <v>22</v>
       </c>
       <c r="J25">
         <v>20</v>
       </c>
       <c r="K25">
-        <v>13.5</v>
+        <v>19</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
         <v>23</v>
       </c>
       <c r="N25"/>
       <c r="O25" t="s">
         <v>92</v>
       </c>
       <c r="P25"/>
     </row>
     <row r="26" spans="1:16">
       <c r="B26" t="s">
         <v>16</v>
       </c>
       <c r="C26" t="s">
         <v>17</v>
       </c>
       <c r="D26" t="s">
         <v>18</v>
       </c>
       <c r="E26" t="s">
         <v>93</v>
       </c>
       <c r="F26" t="s">
         <v>94</v>
       </c>
       <c r="G26">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="H26" t="s">
         <v>21</v>
       </c>
       <c r="I26" t="s">
         <v>22</v>
       </c>
       <c r="J26">
         <v>20</v>
       </c>
       <c r="K26">
-        <v>17</v>
+        <v>18.5</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>23</v>
       </c>
       <c r="N26"/>
       <c r="O26" t="s">
         <v>95</v>
       </c>
       <c r="P26"/>
     </row>
     <row r="27" spans="1:16">
       <c r="B27" t="s">
         <v>16</v>
       </c>
       <c r="C27" t="s">
         <v>17</v>
       </c>
       <c r="D27" t="s">
         <v>18</v>
       </c>
       <c r="E27" t="s">
         <v>96</v>
       </c>
       <c r="F27" t="s">
         <v>97</v>
       </c>
       <c r="G27">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="H27" t="s">
         <v>21</v>
       </c>
       <c r="I27" t="s">
         <v>22</v>
       </c>
       <c r="J27">
         <v>20</v>
       </c>
       <c r="K27">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
         <v>23</v>
       </c>
       <c r="N27"/>
       <c r="O27" t="s">
         <v>98</v>
       </c>
       <c r="P27"/>
     </row>
     <row r="28" spans="1:16">
       <c r="B28" t="s">
         <v>16</v>
       </c>
       <c r="C28" t="s">
         <v>17</v>
       </c>
       <c r="D28" t="s">
         <v>18</v>
       </c>
       <c r="E28" t="s">
         <v>99</v>
       </c>
       <c r="F28" t="s">
-        <v>100</v>
+        <v>47</v>
       </c>
       <c r="G28">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="H28" t="s">
         <v>21</v>
       </c>
       <c r="I28" t="s">
         <v>22</v>
       </c>
       <c r="J28">
         <v>20</v>
       </c>
       <c r="K28">
-        <v>17.5</v>
+        <v>19</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
         <v>23</v>
       </c>
       <c r="N28"/>
       <c r="O28" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="P28"/>
     </row>
     <row r="29" spans="1:16">
       <c r="B29" t="s">
         <v>16</v>
       </c>
       <c r="C29" t="s">
         <v>17</v>
       </c>
       <c r="D29" t="s">
         <v>18</v>
       </c>
       <c r="E29" t="s">
+        <v>101</v>
+      </c>
+      <c r="F29" t="s">
         <v>102</v>
       </c>
-      <c r="F29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G29">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="H29" t="s">
         <v>21</v>
       </c>
       <c r="I29" t="s">
         <v>22</v>
       </c>
       <c r="J29">
         <v>20</v>
       </c>
       <c r="K29">
-        <v>17.5</v>
+        <v>18.5</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
         <v>23</v>
       </c>
       <c r="N29"/>
       <c r="O29" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="P29"/>
     </row>
     <row r="30" spans="1:16">
       <c r="B30" t="s">
         <v>16</v>
       </c>
       <c r="C30" t="s">
         <v>17</v>
       </c>
       <c r="D30" t="s">
         <v>18</v>
       </c>
       <c r="E30" t="s">
+        <v>104</v>
+      </c>
+      <c r="F30" t="s">
         <v>105</v>
       </c>
-      <c r="F30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G30">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="H30" t="s">
         <v>21</v>
       </c>
       <c r="I30" t="s">
         <v>22</v>
       </c>
       <c r="J30">
         <v>20</v>
       </c>
       <c r="K30">
-        <v>18.5</v>
+        <v>17</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
         <v>23</v>
       </c>
       <c r="N30"/>
       <c r="O30" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="P30"/>
     </row>
     <row r="31" spans="1:16">
       <c r="B31" t="s">
         <v>16</v>
       </c>
       <c r="C31" t="s">
         <v>17</v>
       </c>
       <c r="D31" t="s">
         <v>18</v>
       </c>
       <c r="E31" t="s">
+        <v>107</v>
+      </c>
+      <c r="F31" t="s">
         <v>108</v>
       </c>
-      <c r="F31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G31">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="H31" t="s">
         <v>21</v>
       </c>
       <c r="I31" t="s">
         <v>22</v>
       </c>
       <c r="J31">
         <v>20</v>
       </c>
       <c r="K31">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
         <v>23</v>
       </c>
       <c r="N31"/>
       <c r="O31" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="P31"/>
     </row>
     <row r="32" spans="1:16">
       <c r="B32" t="s">
         <v>16</v>
       </c>
       <c r="C32" t="s">
         <v>17</v>
       </c>
       <c r="D32" t="s">
         <v>18</v>
       </c>
       <c r="E32" t="s">
+        <v>110</v>
+      </c>
+      <c r="F32" t="s">
         <v>111</v>
       </c>
-      <c r="F32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G32">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="H32" t="s">
         <v>21</v>
       </c>
       <c r="I32" t="s">
         <v>22</v>
       </c>
       <c r="J32">
         <v>20</v>
       </c>
       <c r="K32">
-        <v>4.5</v>
+        <v>20</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
         <v>23</v>
       </c>
       <c r="N32"/>
       <c r="O32" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="P32"/>
     </row>
     <row r="33" spans="1:16">
       <c r="B33" t="s">
         <v>16</v>
       </c>
       <c r="C33" t="s">
         <v>17</v>
       </c>
       <c r="D33" t="s">
         <v>18</v>
       </c>
       <c r="E33" t="s">
+        <v>113</v>
+      </c>
+      <c r="F33" t="s">
         <v>114</v>
       </c>
-      <c r="F33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G33">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="H33" t="s">
         <v>21</v>
       </c>
       <c r="I33" t="s">
         <v>22</v>
       </c>
       <c r="J33">
         <v>20</v>
       </c>
       <c r="K33">
-        <v>14</v>
+        <v>18.5</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
         <v>23</v>
       </c>
       <c r="N33"/>
       <c r="O33" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="P33"/>
     </row>
     <row r="34" spans="1:16">
       <c r="B34" t="s">
         <v>16</v>
       </c>
       <c r="C34" t="s">
         <v>17</v>
       </c>
       <c r="D34" t="s">
         <v>18</v>
       </c>
       <c r="E34" t="s">
+        <v>116</v>
+      </c>
+      <c r="F34" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="G34">
         <v>10</v>
       </c>
       <c r="H34" t="s">
         <v>21</v>
       </c>
       <c r="I34" t="s">
         <v>22</v>
       </c>
       <c r="J34">
         <v>20</v>
       </c>
       <c r="K34">
-        <v>10.5</v>
+        <v>18</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
         <v>23</v>
       </c>
       <c r="N34"/>
       <c r="O34" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="P34"/>
     </row>
     <row r="35" spans="1:16">
       <c r="B35" t="s">
         <v>16</v>
       </c>
       <c r="C35" t="s">
         <v>17</v>
       </c>
       <c r="D35" t="s">
         <v>18</v>
       </c>
       <c r="E35" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="F35" t="s">
-        <v>115</v>
+        <v>82</v>
       </c>
       <c r="G35">
         <v>10</v>
       </c>
       <c r="H35" t="s">
         <v>21</v>
       </c>
       <c r="I35" t="s">
         <v>22</v>
       </c>
       <c r="J35">
         <v>20</v>
       </c>
       <c r="K35">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
         <v>23</v>
       </c>
       <c r="N35"/>
       <c r="O35" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="P35"/>
     </row>
     <row r="36" spans="1:16">
       <c r="B36" t="s">
         <v>16</v>
       </c>
       <c r="C36" t="s">
         <v>17</v>
       </c>
       <c r="D36" t="s">
         <v>18</v>
       </c>
       <c r="E36" t="s">
+        <v>121</v>
+      </c>
+      <c r="F36" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="G36">
         <v>10</v>
       </c>
       <c r="H36" t="s">
         <v>21</v>
       </c>
       <c r="I36" t="s">
         <v>22</v>
       </c>
       <c r="J36">
         <v>20</v>
       </c>
       <c r="K36">
-        <v>15</v>
+        <v>10.5</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
         <v>23</v>
       </c>
       <c r="N36"/>
       <c r="O36" t="s">
         <v>123</v>
       </c>
       <c r="P36"/>
     </row>
     <row r="37" spans="1:16">
       <c r="B37" t="s">
         <v>16</v>
       </c>
       <c r="C37" t="s">
         <v>17</v>
       </c>
       <c r="D37" t="s">
         <v>18</v>
       </c>
       <c r="E37" t="s">
         <v>124</v>
       </c>
       <c r="F37" t="s">
-        <v>47</v>
+        <v>85</v>
       </c>
       <c r="G37">
         <v>1</v>
       </c>
       <c r="H37" t="s">
         <v>21</v>
       </c>
       <c r="I37" t="s">
         <v>22</v>
       </c>
       <c r="J37">
         <v>20</v>
       </c>
       <c r="K37">
         <v>13</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
         <v>23</v>
       </c>
       <c r="N37"/>
       <c r="O37" t="s">
         <v>125</v>
       </c>
       <c r="P37"/>