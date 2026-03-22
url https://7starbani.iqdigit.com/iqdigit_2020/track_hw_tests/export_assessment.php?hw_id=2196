--- v0 (2025-11-07)
+++ v1 (2026-03-22)
@@ -236,51 +236,51 @@
   <si>
     <t xml:space="preserve">need practice </t>
   </si>
   <si>
     <t>SHORYA  RANA</t>
   </si>
   <si>
     <t>SANJEEV RANA</t>
   </si>
   <si>
     <t>2024-02-12 21:30:48</t>
   </si>
   <si>
     <t xml:space="preserve">SAKSHAM KALIA </t>
   </si>
   <si>
     <t>MUNISH KALIA</t>
   </si>
   <si>
     <t>2024-02-12 21:29:53</t>
   </si>
   <si>
     <t xml:space="preserve">practice your mistakes </t>
   </si>
   <si>
-    <t xml:space="preserve">RIDHIMA </t>
+    <t xml:space="preserve">RIDHIMA THAKUR </t>
   </si>
   <si>
     <t>AJAY KUMAR</t>
   </si>
   <si>
     <t>08</t>
   </si>
   <si>
     <t>2024-02-12 21:30:04</t>
   </si>
   <si>
     <t xml:space="preserve">work hard </t>
   </si>
   <si>
     <t xml:space="preserve">REEJAL THAKUR </t>
   </si>
   <si>
     <t>MAHAINDER SINGH</t>
   </si>
   <si>
     <t>2024-02-12 21:29:33</t>
   </si>
   <si>
     <t xml:space="preserve">RADHIKA THAKUR </t>
   </si>