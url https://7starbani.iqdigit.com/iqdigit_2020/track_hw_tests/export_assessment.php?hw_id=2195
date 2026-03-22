--- v0 (2025-11-07)
+++ v1 (2026-03-22)
@@ -161,126 +161,126 @@
   <si>
     <t>UDHAM SINGH</t>
   </si>
   <si>
     <t>09</t>
   </si>
   <si>
     <t>2024-02-12 21:16:18</t>
   </si>
   <si>
     <t xml:space="preserve">AMAN </t>
   </si>
   <si>
     <t>MANJEET SINGH</t>
   </si>
   <si>
     <t>02</t>
   </si>
   <si>
     <t>2024-02-12 21:17:30</t>
   </si>
   <si>
     <t>work hard</t>
   </si>
   <si>
+    <t xml:space="preserve">ACHAL BANYAL </t>
+  </si>
+  <si>
+    <t>AJAY KUMAR</t>
+  </si>
+  <si>
+    <t>2024-02-12 21:16:02</t>
+  </si>
+  <si>
+    <t>absent</t>
+  </si>
+  <si>
     <t xml:space="preserve">VANSH SHARMA </t>
   </si>
   <si>
     <t>VIKAS SHARMA</t>
   </si>
   <si>
     <t>2024-02-12 21:22:27</t>
   </si>
   <si>
     <t xml:space="preserve">good </t>
   </si>
   <si>
-    <t xml:space="preserve">ACHAL BANYAL </t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">SHIVANGI </t>
   </si>
   <si>
     <t>VIPAN KUMAR</t>
   </si>
   <si>
     <t>2024-02-12 21:22:19</t>
   </si>
   <si>
     <t xml:space="preserve">SANKALP SHARMA </t>
   </si>
   <si>
     <t>SANDEEP KUMAR</t>
   </si>
   <si>
     <t>2024-02-12 21:22:08</t>
   </si>
   <si>
     <t xml:space="preserve">SAMRIDHI THAKUR </t>
   </si>
   <si>
     <t>VISHAL THAKUR</t>
   </si>
   <si>
     <t>2024-02-12 21:21:55</t>
   </si>
   <si>
     <t xml:space="preserve">SAMARTH MOUDGIL </t>
   </si>
   <si>
     <t>PARDEEP KUMAR</t>
   </si>
   <si>
     <t>2024-02-12 21:21:42</t>
   </si>
   <si>
+    <t xml:space="preserve">NAKSH PATHANIA </t>
+  </si>
+  <si>
+    <t>ASHWANI KUMAR</t>
+  </si>
+  <si>
+    <t>2024-02-12 21:21:00</t>
+  </si>
+  <si>
     <t xml:space="preserve">RITIKA SHARMA </t>
   </si>
   <si>
     <t>RAVI DUTT SHARMA</t>
   </si>
   <si>
     <t>2024-02-12 21:21:24</t>
-  </si>
-[...7 lines deleted...]
-    <t>2024-02-12 21:21:00</t>
   </si>
   <si>
     <t xml:space="preserve">OJASAVI SHARMA </t>
   </si>
   <si>
     <t>SHAVEEN KUMAR</t>
   </si>
   <si>
     <t>2024-02-12 21:21:13</t>
   </si>
   <si>
     <t>MRIDUL THAKUR</t>
   </si>
   <si>
     <t>NARESH KUMAR</t>
   </si>
   <si>
     <t>2024-02-12 21:20:51</t>
   </si>
   <si>
     <t xml:space="preserve">AARAV SHARMA </t>
   </si>
   <si>
     <t>NARESH SHARMA</t>
   </si>
@@ -1045,395 +1045,395 @@
       <c r="N7"/>
       <c r="O7" t="s">
         <v>47</v>
       </c>
       <c r="P7" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8" t="s">
         <v>17</v>
       </c>
       <c r="D8" t="s">
         <v>18</v>
       </c>
       <c r="E8" t="s">
         <v>49</v>
       </c>
       <c r="F8" t="s">
         <v>50</v>
       </c>
       <c r="G8">
-        <v>30</v>
+        <v>3</v>
       </c>
       <c r="H8" t="s">
         <v>21</v>
       </c>
       <c r="I8" t="s">
         <v>22</v>
       </c>
       <c r="J8">
         <v>15</v>
       </c>
       <c r="K8">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>23</v>
       </c>
       <c r="N8"/>
       <c r="O8" t="s">
         <v>51</v>
       </c>
       <c r="P8" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="B9" t="s">
         <v>16</v>
       </c>
       <c r="C9" t="s">
         <v>17</v>
       </c>
       <c r="D9" t="s">
         <v>18</v>
       </c>
       <c r="E9" t="s">
         <v>53</v>
       </c>
       <c r="F9" t="s">
         <v>54</v>
       </c>
       <c r="G9">
-        <v>3</v>
+        <v>29</v>
       </c>
       <c r="H9" t="s">
         <v>21</v>
       </c>
       <c r="I9" t="s">
         <v>22</v>
       </c>
       <c r="J9">
         <v>15</v>
       </c>
       <c r="K9">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>23</v>
       </c>
       <c r="N9"/>
       <c r="O9" t="s">
         <v>55</v>
       </c>
       <c r="P9" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="B10" t="s">
         <v>16</v>
       </c>
       <c r="C10" t="s">
         <v>17</v>
       </c>
       <c r="D10" t="s">
         <v>18</v>
       </c>
       <c r="E10" t="s">
         <v>57</v>
       </c>
       <c r="F10" t="s">
         <v>58</v>
       </c>
       <c r="G10">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H10" t="s">
         <v>21</v>
       </c>
       <c r="I10" t="s">
         <v>22</v>
       </c>
       <c r="J10">
         <v>15</v>
       </c>
       <c r="K10">
         <v>12</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>23</v>
       </c>
       <c r="N10"/>
       <c r="O10" t="s">
         <v>59</v>
       </c>
       <c r="P10" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="B11" t="s">
         <v>16</v>
       </c>
       <c r="C11" t="s">
         <v>17</v>
       </c>
       <c r="D11" t="s">
         <v>18</v>
       </c>
       <c r="E11" t="s">
         <v>60</v>
       </c>
       <c r="F11" t="s">
         <v>61</v>
       </c>
       <c r="G11">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H11" t="s">
         <v>21</v>
       </c>
       <c r="I11" t="s">
         <v>22</v>
       </c>
       <c r="J11">
         <v>15</v>
       </c>
       <c r="K11">
         <v>11</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>23</v>
       </c>
       <c r="N11"/>
       <c r="O11" t="s">
         <v>62</v>
       </c>
       <c r="P11" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="B12" t="s">
         <v>16</v>
       </c>
       <c r="C12" t="s">
         <v>17</v>
       </c>
       <c r="D12" t="s">
         <v>18</v>
       </c>
       <c r="E12" t="s">
         <v>63</v>
       </c>
       <c r="F12" t="s">
         <v>64</v>
       </c>
       <c r="G12">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="H12" t="s">
         <v>21</v>
       </c>
       <c r="I12" t="s">
         <v>22</v>
       </c>
       <c r="J12">
         <v>15</v>
       </c>
       <c r="K12">
         <v>0</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>23</v>
       </c>
       <c r="N12"/>
       <c r="O12" t="s">
         <v>65</v>
       </c>
       <c r="P12" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="B13" t="s">
         <v>16</v>
       </c>
       <c r="C13" t="s">
         <v>17</v>
       </c>
       <c r="D13" t="s">
         <v>18</v>
       </c>
       <c r="E13" t="s">
         <v>66</v>
       </c>
       <c r="F13" t="s">
         <v>67</v>
       </c>
       <c r="G13">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H13" t="s">
         <v>21</v>
       </c>
       <c r="I13" t="s">
         <v>22</v>
       </c>
       <c r="J13">
         <v>15</v>
       </c>
       <c r="K13">
         <v>10</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>23</v>
       </c>
       <c r="N13"/>
       <c r="O13" t="s">
         <v>68</v>
       </c>
       <c r="P13" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="B14" t="s">
         <v>16</v>
       </c>
       <c r="C14" t="s">
         <v>17</v>
       </c>
       <c r="D14" t="s">
         <v>18</v>
       </c>
       <c r="E14" t="s">
         <v>69</v>
       </c>
       <c r="F14" t="s">
         <v>70</v>
       </c>
       <c r="G14">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H14" t="s">
         <v>21</v>
       </c>
       <c r="I14" t="s">
         <v>22</v>
       </c>
       <c r="J14">
         <v>15</v>
       </c>
       <c r="K14">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>23</v>
       </c>
       <c r="N14"/>
       <c r="O14" t="s">
         <v>71</v>
       </c>
       <c r="P14" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="B15" t="s">
         <v>16</v>
       </c>
       <c r="C15" t="s">
         <v>17</v>
       </c>
       <c r="D15" t="s">
         <v>18</v>
       </c>
       <c r="E15" t="s">
         <v>72</v>
       </c>
       <c r="F15" t="s">
         <v>73</v>
       </c>
       <c r="G15">
         <v>22</v>
       </c>
       <c r="H15" t="s">
         <v>21</v>
       </c>
       <c r="I15" t="s">
         <v>22</v>
       </c>
       <c r="J15">
         <v>15</v>
       </c>
       <c r="K15">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>23</v>
       </c>
       <c r="N15"/>
       <c r="O15" t="s">
         <v>74</v>
       </c>
       <c r="P15" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="B16" t="s">
         <v>16</v>
       </c>
       <c r="C16" t="s">
         <v>17</v>
       </c>
       <c r="D16" t="s">
         <v>18</v>
       </c>
       <c r="E16" t="s">
         <v>75</v>
       </c>
       <c r="F16" t="s">
         <v>76</v>
       </c>
       <c r="G16">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="H16" t="s">
         <v>21</v>
       </c>
       <c r="I16" t="s">
         <v>22</v>
       </c>
       <c r="J16">
         <v>15</v>
       </c>
       <c r="K16">
         <v>10</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>23</v>
       </c>
       <c r="N16"/>
       <c r="O16" t="s">
         <v>77</v>
       </c>
       <c r="P16" t="s">
         <v>39</v>
       </c>
     </row>
@@ -1670,94 +1670,94 @@
       </c>
       <c r="G22">
         <v>16</v>
       </c>
       <c r="H22" t="s">
         <v>21</v>
       </c>
       <c r="I22" t="s">
         <v>22</v>
       </c>
       <c r="J22">
         <v>15</v>
       </c>
       <c r="K22">
         <v>12</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
         <v>23</v>
       </c>
       <c r="N22"/>
       <c r="O22" t="s">
         <v>96</v>
       </c>
       <c r="P22" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="B23" t="s">
         <v>16</v>
       </c>
       <c r="C23" t="s">
         <v>17</v>
       </c>
       <c r="D23" t="s">
         <v>18</v>
       </c>
       <c r="E23" t="s">
         <v>97</v>
       </c>
       <c r="F23" t="s">
         <v>98</v>
       </c>
       <c r="G23">
         <v>14</v>
       </c>
       <c r="H23" t="s">
         <v>21</v>
       </c>
       <c r="I23" t="s">
         <v>22</v>
       </c>
       <c r="J23">
         <v>15</v>
       </c>
       <c r="K23">
         <v>14</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
         <v>23</v>
       </c>
       <c r="N23"/>
       <c r="O23" t="s">
         <v>99</v>
       </c>
       <c r="P23" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="B24" t="s">
         <v>16</v>
       </c>
       <c r="C24" t="s">
         <v>17</v>
       </c>
       <c r="D24" t="s">
         <v>18</v>
       </c>
       <c r="E24" t="s">
         <v>100</v>
       </c>
       <c r="F24" t="s">
         <v>101</v>
       </c>
       <c r="G24">
         <v>13</v>
       </c>
       <c r="H24" t="s">
         <v>21</v>
       </c>
       <c r="I24" t="s">
@@ -1842,94 +1842,94 @@
       </c>
       <c r="G26">
         <v>12</v>
       </c>
       <c r="H26" t="s">
         <v>21</v>
       </c>
       <c r="I26" t="s">
         <v>22</v>
       </c>
       <c r="J26">
         <v>15</v>
       </c>
       <c r="K26">
         <v>12</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>23</v>
       </c>
       <c r="N26"/>
       <c r="O26" t="s">
         <v>107</v>
       </c>
       <c r="P26" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="B27" t="s">
         <v>16</v>
       </c>
       <c r="C27" t="s">
         <v>17</v>
       </c>
       <c r="D27" t="s">
         <v>18</v>
       </c>
       <c r="E27" t="s">
         <v>108</v>
       </c>
       <c r="F27" t="s">
         <v>61</v>
       </c>
       <c r="G27">
         <v>11</v>
       </c>
       <c r="H27" t="s">
         <v>21</v>
       </c>
       <c r="I27" t="s">
         <v>22</v>
       </c>
       <c r="J27">
         <v>15</v>
       </c>
       <c r="K27">
         <v>14</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
         <v>23</v>
       </c>
       <c r="N27"/>
       <c r="O27" t="s">
         <v>109</v>
       </c>
       <c r="P27" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="B28" t="s">
         <v>16</v>
       </c>
       <c r="C28" t="s">
         <v>17</v>
       </c>
       <c r="D28" t="s">
         <v>18</v>
       </c>
       <c r="E28" t="s">
         <v>110</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28">
         <v>10</v>
       </c>
       <c r="H28" t="s">
         <v>21</v>
       </c>
       <c r="I28" t="s">