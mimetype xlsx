--- v0 (2025-11-08)
+++ v1 (2026-03-22)
@@ -158,135 +158,135 @@
   <si>
     <t xml:space="preserve">AKHIL THAKUR </t>
   </si>
   <si>
     <t>UDHAM SINGH</t>
   </si>
   <si>
     <t>2024-01-24 17:47:17</t>
   </si>
   <si>
     <t xml:space="preserve">can do better </t>
   </si>
   <si>
     <t xml:space="preserve">AMAN </t>
   </si>
   <si>
     <t>MANJEET SINGH</t>
   </si>
   <si>
     <t>03</t>
   </si>
   <si>
     <t>2024-01-24 17:03:54</t>
   </si>
   <si>
+    <t xml:space="preserve">ACHAL BANYAL </t>
+  </si>
+  <si>
+    <t>AJAY KUMAR</t>
+  </si>
+  <si>
+    <t>08</t>
+  </si>
+  <si>
+    <t>2024-01-24 17:01:43</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
     <t xml:space="preserve">VANSH SHARMA </t>
   </si>
   <si>
     <t>VIKAS SHARMA</t>
   </si>
   <si>
     <t>2024-01-24 17:51:24</t>
   </si>
   <si>
     <t xml:space="preserve">Can do better </t>
   </si>
   <si>
-    <t xml:space="preserve">ACHAL BANYAL </t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">SHIVANGI </t>
   </si>
   <si>
     <t>VIPAN KUMAR</t>
   </si>
   <si>
     <t>2024-01-24 17:51:08</t>
   </si>
   <si>
     <t xml:space="preserve">Average </t>
   </si>
   <si>
     <t xml:space="preserve">SANKALP SHARMA </t>
   </si>
   <si>
     <t>SANDEEP KUMAR</t>
   </si>
   <si>
     <t>2024-01-24 17:50:52</t>
   </si>
   <si>
     <t xml:space="preserve">SAMRIDHI THAKUR </t>
   </si>
   <si>
     <t>VISHAL THAKUR</t>
   </si>
   <si>
     <t>2024-01-24 17:49:38</t>
   </si>
   <si>
     <t xml:space="preserve">SAMARTH MOUDGIL </t>
   </si>
   <si>
     <t>PARDEEP KUMAR</t>
   </si>
   <si>
     <t>2024-01-24 17:49:22</t>
   </si>
   <si>
+    <t xml:space="preserve">NAKSH PATHANIA </t>
+  </si>
+  <si>
+    <t>ASHWANI KUMAR</t>
+  </si>
+  <si>
+    <t>2024-01-24 17:48:49</t>
+  </si>
+  <si>
+    <t>Absent</t>
+  </si>
+  <si>
     <t xml:space="preserve">RITIKA SHARMA </t>
   </si>
   <si>
     <t>RAVI DUTT SHARMA</t>
   </si>
   <si>
     <t>2024-01-24 17:49:14</t>
-  </si>
-[...10 lines deleted...]
-    <t>Absent</t>
   </si>
   <si>
     <t xml:space="preserve">OJASAVI SHARMA </t>
   </si>
   <si>
     <t>SHAVEEN KUMAR</t>
   </si>
   <si>
     <t>09</t>
   </si>
   <si>
     <t>2024-01-24 17:49:02</t>
   </si>
   <si>
     <t>MRIDUL THAKUR</t>
   </si>
   <si>
     <t>NARESH KUMAR</t>
   </si>
   <si>
     <t>2024-01-24 17:48:38</t>
   </si>
   <si>
     <t xml:space="preserve">Above Average </t>
   </si>
@@ -1051,395 +1051,395 @@
       <c r="N7"/>
       <c r="O7" t="s">
         <v>47</v>
       </c>
       <c r="P7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8" t="s">
         <v>17</v>
       </c>
       <c r="D8" t="s">
         <v>18</v>
       </c>
       <c r="E8" t="s">
         <v>48</v>
       </c>
       <c r="F8" t="s">
         <v>49</v>
       </c>
       <c r="G8">
-        <v>30</v>
+        <v>3</v>
       </c>
       <c r="H8" t="s">
         <v>21</v>
       </c>
       <c r="I8" t="s">
         <v>22</v>
       </c>
       <c r="J8">
         <v>15</v>
       </c>
-      <c r="K8">
-        <v>13</v>
+      <c r="K8" t="s">
+        <v>50</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>23</v>
       </c>
       <c r="N8"/>
       <c r="O8" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P8" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="B9" t="s">
         <v>16</v>
       </c>
       <c r="C9" t="s">
         <v>17</v>
       </c>
       <c r="D9" t="s">
         <v>18</v>
       </c>
       <c r="E9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G9">
-        <v>3</v>
+        <v>29</v>
       </c>
       <c r="H9" t="s">
         <v>21</v>
       </c>
       <c r="I9" t="s">
         <v>22</v>
       </c>
       <c r="J9">
         <v>15</v>
       </c>
-      <c r="K9" t="s">
-        <v>54</v>
+      <c r="K9">
+        <v>13</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>23</v>
       </c>
       <c r="N9"/>
       <c r="O9" t="s">
         <v>55</v>
       </c>
       <c r="P9" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="B10" t="s">
         <v>16</v>
       </c>
       <c r="C10" t="s">
         <v>17</v>
       </c>
       <c r="D10" t="s">
         <v>18</v>
       </c>
       <c r="E10" t="s">
         <v>57</v>
       </c>
       <c r="F10" t="s">
         <v>58</v>
       </c>
       <c r="G10">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H10" t="s">
         <v>21</v>
       </c>
       <c r="I10" t="s">
         <v>22</v>
       </c>
       <c r="J10">
         <v>15</v>
       </c>
       <c r="K10">
         <v>10</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>23</v>
       </c>
       <c r="N10"/>
       <c r="O10" t="s">
         <v>59</v>
       </c>
       <c r="P10" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="B11" t="s">
         <v>16</v>
       </c>
       <c r="C11" t="s">
         <v>17</v>
       </c>
       <c r="D11" t="s">
         <v>18</v>
       </c>
       <c r="E11" t="s">
         <v>61</v>
       </c>
       <c r="F11" t="s">
         <v>62</v>
       </c>
       <c r="G11">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H11" t="s">
         <v>21</v>
       </c>
       <c r="I11" t="s">
         <v>22</v>
       </c>
       <c r="J11">
         <v>15</v>
       </c>
       <c r="K11">
         <v>14</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>23</v>
       </c>
       <c r="N11"/>
       <c r="O11" t="s">
         <v>63</v>
       </c>
       <c r="P11" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="B12" t="s">
         <v>16</v>
       </c>
       <c r="C12" t="s">
         <v>17</v>
       </c>
       <c r="D12" t="s">
         <v>18</v>
       </c>
       <c r="E12" t="s">
         <v>64</v>
       </c>
       <c r="F12" t="s">
         <v>65</v>
       </c>
       <c r="G12">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="H12" t="s">
         <v>21</v>
       </c>
       <c r="I12" t="s">
         <v>22</v>
       </c>
       <c r="J12">
         <v>15</v>
       </c>
       <c r="K12">
         <v>12</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>23</v>
       </c>
       <c r="N12"/>
       <c r="O12" t="s">
         <v>66</v>
       </c>
       <c r="P12" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="B13" t="s">
         <v>16</v>
       </c>
       <c r="C13" t="s">
         <v>17</v>
       </c>
       <c r="D13" t="s">
         <v>18</v>
       </c>
       <c r="E13" t="s">
         <v>67</v>
       </c>
       <c r="F13" t="s">
         <v>68</v>
       </c>
       <c r="G13">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H13" t="s">
         <v>21</v>
       </c>
       <c r="I13" t="s">
         <v>22</v>
       </c>
       <c r="J13">
         <v>15</v>
       </c>
       <c r="K13">
         <v>14</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>23</v>
       </c>
       <c r="N13"/>
       <c r="O13" t="s">
         <v>69</v>
       </c>
       <c r="P13" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="B14" t="s">
         <v>16</v>
       </c>
       <c r="C14" t="s">
         <v>17</v>
       </c>
       <c r="D14" t="s">
         <v>18</v>
       </c>
       <c r="E14" t="s">
         <v>70</v>
       </c>
       <c r="F14" t="s">
         <v>71</v>
       </c>
       <c r="G14">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H14" t="s">
         <v>21</v>
       </c>
       <c r="I14" t="s">
         <v>22</v>
       </c>
       <c r="J14">
         <v>15</v>
       </c>
       <c r="K14">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>23</v>
       </c>
       <c r="N14"/>
       <c r="O14" t="s">
         <v>72</v>
       </c>
       <c r="P14" t="s">
-        <v>34</v>
+        <v>73</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="B15" t="s">
         <v>16</v>
       </c>
       <c r="C15" t="s">
         <v>17</v>
       </c>
       <c r="D15" t="s">
         <v>18</v>
       </c>
       <c r="E15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G15">
         <v>22</v>
       </c>
       <c r="H15" t="s">
         <v>21</v>
       </c>
       <c r="I15" t="s">
         <v>22</v>
       </c>
       <c r="J15">
         <v>15</v>
       </c>
       <c r="K15">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>23</v>
       </c>
       <c r="N15"/>
       <c r="O15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="P15" t="s">
-        <v>76</v>
+        <v>34</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="B16" t="s">
         <v>16</v>
       </c>
       <c r="C16" t="s">
         <v>17</v>
       </c>
       <c r="D16" t="s">
         <v>18</v>
       </c>
       <c r="E16" t="s">
         <v>77</v>
       </c>
       <c r="F16" t="s">
         <v>78</v>
       </c>
       <c r="G16">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="H16" t="s">
         <v>21</v>
       </c>
       <c r="I16" t="s">
         <v>22</v>
       </c>
       <c r="J16">
         <v>15</v>
       </c>
       <c r="K16" t="s">
         <v>79</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>23</v>
       </c>
       <c r="N16"/>
       <c r="O16" t="s">
         <v>80</v>
       </c>
       <c r="P16" t="s">
         <v>60</v>
       </c>
     </row>
@@ -1547,94 +1547,94 @@
       </c>
       <c r="G19">
         <v>19</v>
       </c>
       <c r="H19" t="s">
         <v>21</v>
       </c>
       <c r="I19" t="s">
         <v>22</v>
       </c>
       <c r="J19">
         <v>15</v>
       </c>
       <c r="K19">
         <v>0</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
         <v>23</v>
       </c>
       <c r="N19"/>
       <c r="O19" t="s">
         <v>91</v>
       </c>
       <c r="P19" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="B20" t="s">
         <v>16</v>
       </c>
       <c r="C20" t="s">
         <v>17</v>
       </c>
       <c r="D20" t="s">
         <v>18</v>
       </c>
       <c r="E20" t="s">
         <v>92</v>
       </c>
       <c r="F20" t="s">
         <v>93</v>
       </c>
       <c r="G20">
         <v>18</v>
       </c>
       <c r="H20" t="s">
         <v>21</v>
       </c>
       <c r="I20" t="s">
         <v>22</v>
       </c>
       <c r="J20">
         <v>15</v>
       </c>
       <c r="K20">
         <v>12</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
         <v>23</v>
       </c>
       <c r="N20"/>
       <c r="O20" t="s">
         <v>94</v>
       </c>
       <c r="P20" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="B21" t="s">
         <v>16</v>
       </c>
       <c r="C21" t="s">
         <v>17</v>
       </c>
       <c r="D21" t="s">
         <v>18</v>
       </c>
       <c r="E21" t="s">
         <v>95</v>
       </c>
       <c r="F21" t="s">
         <v>96</v>
       </c>
       <c r="G21">
         <v>17</v>
       </c>
       <c r="H21" t="s">
         <v>97</v>
       </c>
       <c r="I21" t="s">
@@ -1842,51 +1842,51 @@
       </c>
       <c r="G26">
         <v>12</v>
       </c>
       <c r="H26" t="s">
         <v>21</v>
       </c>
       <c r="I26" t="s">
         <v>22</v>
       </c>
       <c r="J26">
         <v>15</v>
       </c>
       <c r="K26">
         <v>10</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>23</v>
       </c>
       <c r="N26"/>
       <c r="O26" t="s">
         <v>112</v>
       </c>
       <c r="P26" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="B27" t="s">
         <v>16</v>
       </c>
       <c r="C27" t="s">
         <v>17</v>
       </c>
       <c r="D27" t="s">
         <v>18</v>
       </c>
       <c r="E27" t="s">
         <v>113</v>
       </c>
       <c r="F27" t="s">
         <v>62</v>
       </c>
       <c r="G27">
         <v>11</v>
       </c>
       <c r="H27" t="s">
         <v>21</v>
       </c>
       <c r="I27" t="s">
@@ -1971,51 +1971,51 @@
       </c>
       <c r="G29">
         <v>1</v>
       </c>
       <c r="H29" t="s">
         <v>21</v>
       </c>
       <c r="I29" t="s">
         <v>22</v>
       </c>
       <c r="J29">
         <v>15</v>
       </c>
       <c r="K29">
         <v>0</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
         <v>23</v>
       </c>
       <c r="N29"/>
       <c r="O29" t="s">
         <v>119</v>
       </c>
       <c r="P29" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">