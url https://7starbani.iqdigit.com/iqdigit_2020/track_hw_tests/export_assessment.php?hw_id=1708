--- v0 (2025-11-08)
+++ v1 (2026-03-22)
@@ -71,237 +71,237 @@
   <si>
     <t>Ans-sheet</t>
   </si>
   <si>
     <t>created-at</t>
   </si>
   <si>
     <t>submitted_at</t>
   </si>
   <si>
     <t>Checked-at</t>
   </si>
   <si>
     <t>Remarks</t>
   </si>
   <si>
     <t>Baneeta  Kumari</t>
   </si>
   <si>
     <t>2ND-Navy</t>
   </si>
   <si>
     <t>EVS</t>
   </si>
   <si>
+    <t xml:space="preserve">ARUSH </t>
+  </si>
+  <si>
+    <t>SURINDER KUMAR</t>
+  </si>
+  <si>
+    <t>submitted</t>
+  </si>
+  <si>
+    <t>Marks</t>
+  </si>
+  <si>
+    <t>2024-01-24 15:07:42</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARNAV RANA </t>
+  </si>
+  <si>
+    <t>KEWAL KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANSHIKA </t>
+  </si>
+  <si>
+    <t>MAHINDER SINGH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARSHIT THAKUR </t>
+  </si>
+  <si>
+    <t>NIRMAL SINGH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANSH </t>
+  </si>
+  <si>
+    <t>YASH PAL</t>
+  </si>
+  <si>
+    <t>ADITI  KUMARI</t>
+  </si>
+  <si>
+    <t>NIPPU SINGH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AKSHIT </t>
+  </si>
+  <si>
+    <t>SANJEEV KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AASHIRYA SHARMA </t>
+  </si>
+  <si>
+    <t>ANKUSH KUMAR</t>
+  </si>
+  <si>
+    <t>NAYRA  THAKUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NAVEEN KUMAR PATHANIA </t>
+  </si>
+  <si>
+    <t>VIREN THAKUR</t>
+  </si>
+  <si>
+    <t>ROMI KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">YASHVARDHAN SINGH </t>
+  </si>
+  <si>
+    <t>SARVJEET SINGH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VIREN DEHAL </t>
+  </si>
+  <si>
+    <t>AJIT SINGH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VANSHIKA DHIMAN </t>
+  </si>
+  <si>
+    <t>MANISH KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TRIJAL AGNIHOTRI </t>
+  </si>
+  <si>
+    <t>KAPIL SHARMA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHIVANSHI PATHANIA </t>
+  </si>
+  <si>
+    <t>KULDEEP SINGH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHIVANSH CHANDEL </t>
+  </si>
+  <si>
+    <t>GURMAIL SINGH</t>
+  </si>
+  <si>
+    <t>SHANAYA  THAKUR</t>
+  </si>
+  <si>
+    <t>ANOOP SINGH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RIDHIKA SHARMA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">VISHAL SHARMA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REYANSH RATHOUR </t>
+  </si>
+  <si>
+    <t>JAI PAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PRISHA SHARMA </t>
+  </si>
+  <si>
+    <t>ATUL SHARMA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NAMISH SHARMA </t>
+  </si>
+  <si>
+    <t>NAVEEN KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ISHAN SHARMA </t>
+  </si>
+  <si>
+    <t>MUKESH KUMAR SHARMA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HRIDAY </t>
+  </si>
+  <si>
+    <t>LEKH RAJ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HARSHITA THAKUR </t>
+  </si>
+  <si>
+    <t>RIMPLE KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEVANSH THAKUR </t>
+  </si>
+  <si>
+    <t>SANGRAM SINGH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AYUSH PATHANIA </t>
+  </si>
+  <si>
+    <t>AMIT KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUDVIK SOOD </t>
+  </si>
+  <si>
+    <t>NIKHIL SOOD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ATHRAV MAHIL </t>
+  </si>
+  <si>
+    <t>PANKAJ KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MANVIK ZEER </t>
+  </si>
+  <si>
+    <t>ASHISH KUMAR</t>
+  </si>
+  <si>
     <t xml:space="preserve">ASHUTOSH SHARMA </t>
   </si>
   <si>
     <t>PAWAN KUMAR</t>
-  </si>
-[...181 lines deleted...]
-    <t>PANKAJ KUMAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -975,88 +975,88 @@
       <c r="L9"/>
       <c r="M9" t="s">
         <v>23</v>
       </c>
       <c r="N9"/>
       <c r="O9"/>
       <c r="P9"/>
     </row>
     <row r="10" spans="1:16">
       <c r="B10" t="s">
         <v>16</v>
       </c>
       <c r="C10" t="s">
         <v>17</v>
       </c>
       <c r="D10" t="s">
         <v>18</v>
       </c>
       <c r="E10" t="s">
         <v>38</v>
       </c>
       <c r="F10" t="s">
         <v>39</v>
       </c>
       <c r="G10">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H10" t="s">
         <v>21</v>
       </c>
       <c r="I10" t="s">
         <v>22</v>
       </c>
       <c r="J10">
         <v>10</v>
       </c>
       <c r="K10"/>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>23</v>
       </c>
       <c r="N10"/>
       <c r="O10"/>
       <c r="P10"/>
     </row>
     <row r="11" spans="1:16">
       <c r="B11" t="s">
         <v>16</v>
       </c>
       <c r="C11" t="s">
         <v>17</v>
       </c>
       <c r="D11" t="s">
         <v>18</v>
       </c>
       <c r="E11" t="s">
         <v>40</v>
       </c>
       <c r="F11" t="s">
         <v>41</v>
       </c>
       <c r="G11">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H11" t="s">
         <v>21</v>
       </c>
       <c r="I11" t="s">
         <v>22</v>
       </c>
       <c r="J11">
         <v>10</v>
       </c>
       <c r="K11"/>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>23</v>
       </c>
       <c r="N11"/>
       <c r="O11"/>
       <c r="P11"/>
     </row>
     <row r="12" spans="1:16">
       <c r="B12" t="s">
         <v>16</v>
       </c>
       <c r="C12" t="s">
         <v>17</v>
@@ -1086,51 +1086,51 @@
       <c r="L12"/>
       <c r="M12" t="s">
         <v>23</v>
       </c>
       <c r="N12"/>
       <c r="O12"/>
       <c r="P12"/>
     </row>
     <row r="13" spans="1:16">
       <c r="B13" t="s">
         <v>16</v>
       </c>
       <c r="C13" t="s">
         <v>17</v>
       </c>
       <c r="D13" t="s">
         <v>18</v>
       </c>
       <c r="E13" t="s">
         <v>44</v>
       </c>
       <c r="F13" t="s">
         <v>45</v>
       </c>
       <c r="G13">
-        <v>3</v>
+        <v>30</v>
       </c>
       <c r="H13" t="s">
         <v>21</v>
       </c>
       <c r="I13" t="s">
         <v>22</v>
       </c>
       <c r="J13">
         <v>10</v>
       </c>
       <c r="K13"/>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>23</v>
       </c>
       <c r="N13"/>
       <c r="O13"/>
       <c r="P13"/>
     </row>
     <row r="14" spans="1:16">
       <c r="B14" t="s">
         <v>16</v>
       </c>
       <c r="C14" t="s">
         <v>17</v>
@@ -1234,51 +1234,51 @@
       <c r="L16"/>
       <c r="M16" t="s">
         <v>23</v>
       </c>
       <c r="N16"/>
       <c r="O16"/>
       <c r="P16"/>
     </row>
     <row r="17" spans="1:16">
       <c r="B17" t="s">
         <v>16</v>
       </c>
       <c r="C17" t="s">
         <v>17</v>
       </c>
       <c r="D17" t="s">
         <v>18</v>
       </c>
       <c r="E17" t="s">
         <v>52</v>
       </c>
       <c r="F17" t="s">
         <v>53</v>
       </c>
       <c r="G17">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H17" t="s">
         <v>21</v>
       </c>
       <c r="I17" t="s">
         <v>22</v>
       </c>
       <c r="J17">
         <v>10</v>
       </c>
       <c r="K17"/>
       <c r="L17"/>
       <c r="M17" t="s">
         <v>23</v>
       </c>
       <c r="N17"/>
       <c r="O17"/>
       <c r="P17"/>
     </row>
     <row r="18" spans="1:16">
       <c r="B18" t="s">
         <v>16</v>
       </c>
       <c r="C18" t="s">
         <v>17</v>
@@ -1308,51 +1308,51 @@
       <c r="L18"/>
       <c r="M18" t="s">
         <v>23</v>
       </c>
       <c r="N18"/>
       <c r="O18"/>
       <c r="P18"/>
     </row>
     <row r="19" spans="1:16">
       <c r="B19" t="s">
         <v>16</v>
       </c>
       <c r="C19" t="s">
         <v>17</v>
       </c>
       <c r="D19" t="s">
         <v>18</v>
       </c>
       <c r="E19" t="s">
         <v>56</v>
       </c>
       <c r="F19" t="s">
         <v>57</v>
       </c>
       <c r="G19">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H19" t="s">
         <v>21</v>
       </c>
       <c r="I19" t="s">
         <v>22</v>
       </c>
       <c r="J19">
         <v>10</v>
       </c>
       <c r="K19"/>
       <c r="L19"/>
       <c r="M19" t="s">
         <v>23</v>
       </c>
       <c r="N19"/>
       <c r="O19"/>
       <c r="P19"/>
     </row>
     <row r="20" spans="1:16">
       <c r="B20" t="s">
         <v>16</v>
       </c>
       <c r="C20" t="s">
         <v>17</v>
@@ -1567,51 +1567,51 @@
       <c r="L25"/>
       <c r="M25" t="s">
         <v>23</v>
       </c>
       <c r="N25"/>
       <c r="O25"/>
       <c r="P25"/>
     </row>
     <row r="26" spans="1:16">
       <c r="B26" t="s">
         <v>16</v>
       </c>
       <c r="C26" t="s">
         <v>17</v>
       </c>
       <c r="D26" t="s">
         <v>18</v>
       </c>
       <c r="E26" t="s">
         <v>70</v>
       </c>
       <c r="F26" t="s">
         <v>71</v>
       </c>
       <c r="G26">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H26" t="s">
         <v>21</v>
       </c>
       <c r="I26" t="s">
         <v>22</v>
       </c>
       <c r="J26">
         <v>10</v>
       </c>
       <c r="K26"/>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>23</v>
       </c>
       <c r="N26"/>
       <c r="O26"/>
       <c r="P26"/>
     </row>
     <row r="27" spans="1:16">
       <c r="B27" t="s">
         <v>16</v>
       </c>
       <c r="C27" t="s">
         <v>17</v>