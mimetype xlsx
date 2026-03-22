--- v0 (2025-11-08)
+++ v1 (2026-03-22)
@@ -116,96 +116,96 @@
   <si>
     <t xml:space="preserve">ARADHYA THAKUR </t>
   </si>
   <si>
     <t>SUNIL KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">ANSHUMAN RAO </t>
   </si>
   <si>
     <t>SANJAY KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">AKHIL THAKUR </t>
   </si>
   <si>
     <t>UDHAM SINGH</t>
   </si>
   <si>
     <t xml:space="preserve">AMAN </t>
   </si>
   <si>
     <t>MANJEET SINGH</t>
   </si>
   <si>
+    <t xml:space="preserve">ACHAL BANYAL </t>
+  </si>
+  <si>
+    <t>AJAY KUMAR</t>
+  </si>
+  <si>
     <t xml:space="preserve">VANSH SHARMA </t>
   </si>
   <si>
     <t>VIKAS SHARMA</t>
   </si>
   <si>
-    <t xml:space="preserve">ACHAL BANYAL </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">SHIVANGI </t>
   </si>
   <si>
     <t>VIPAN KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">SANKALP SHARMA </t>
   </si>
   <si>
     <t>SANDEEP KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">SAMRIDHI THAKUR </t>
   </si>
   <si>
     <t>VISHAL THAKUR</t>
   </si>
   <si>
     <t xml:space="preserve">SAMARTH MOUDGIL </t>
   </si>
   <si>
     <t>PARDEEP KUMAR</t>
   </si>
   <si>
+    <t xml:space="preserve">NAKSH PATHANIA </t>
+  </si>
+  <si>
+    <t>ASHWANI KUMAR</t>
+  </si>
+  <si>
     <t xml:space="preserve">RITIKA SHARMA </t>
   </si>
   <si>
     <t>RAVI DUTT SHARMA</t>
-  </si>
-[...4 lines deleted...]
-    <t>ASHWANI KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">OJASAVI SHARMA </t>
   </si>
   <si>
     <t>SHAVEEN KUMAR</t>
   </si>
   <si>
     <t>MRIDUL THAKUR</t>
   </si>
   <si>
     <t>NARESH KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">AARAV SHARMA </t>
   </si>
   <si>
     <t>NARESH SHARMA</t>
   </si>
   <si>
     <t xml:space="preserve">MANVI THAKUR </t>
   </si>
   <si>
     <t>MANISH KUMAR</t>
   </si>
@@ -877,273 +877,273 @@
       <c r="L7"/>
       <c r="M7" t="s">
         <v>23</v>
       </c>
       <c r="N7"/>
       <c r="O7"/>
       <c r="P7"/>
     </row>
     <row r="8" spans="1:16">
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8" t="s">
         <v>17</v>
       </c>
       <c r="D8" t="s">
         <v>18</v>
       </c>
       <c r="E8" t="s">
         <v>34</v>
       </c>
       <c r="F8" t="s">
         <v>35</v>
       </c>
       <c r="G8">
-        <v>30</v>
+        <v>3</v>
       </c>
       <c r="H8" t="s">
         <v>21</v>
       </c>
       <c r="I8" t="s">
         <v>22</v>
       </c>
       <c r="J8">
         <v>15</v>
       </c>
       <c r="K8"/>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>23</v>
       </c>
       <c r="N8"/>
       <c r="O8"/>
       <c r="P8"/>
     </row>
     <row r="9" spans="1:16">
       <c r="B9" t="s">
         <v>16</v>
       </c>
       <c r="C9" t="s">
         <v>17</v>
       </c>
       <c r="D9" t="s">
         <v>18</v>
       </c>
       <c r="E9" t="s">
         <v>36</v>
       </c>
       <c r="F9" t="s">
         <v>37</v>
       </c>
       <c r="G9">
-        <v>3</v>
+        <v>29</v>
       </c>
       <c r="H9" t="s">
         <v>21</v>
       </c>
       <c r="I9" t="s">
         <v>22</v>
       </c>
       <c r="J9">
         <v>15</v>
       </c>
       <c r="K9"/>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>23</v>
       </c>
       <c r="N9"/>
       <c r="O9"/>
       <c r="P9"/>
     </row>
     <row r="10" spans="1:16">
       <c r="B10" t="s">
         <v>16</v>
       </c>
       <c r="C10" t="s">
         <v>17</v>
       </c>
       <c r="D10" t="s">
         <v>18</v>
       </c>
       <c r="E10" t="s">
         <v>38</v>
       </c>
       <c r="F10" t="s">
         <v>39</v>
       </c>
       <c r="G10">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H10" t="s">
         <v>21</v>
       </c>
       <c r="I10" t="s">
         <v>22</v>
       </c>
       <c r="J10">
         <v>15</v>
       </c>
       <c r="K10"/>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>23</v>
       </c>
       <c r="N10"/>
       <c r="O10"/>
       <c r="P10"/>
     </row>
     <row r="11" spans="1:16">
       <c r="B11" t="s">
         <v>16</v>
       </c>
       <c r="C11" t="s">
         <v>17</v>
       </c>
       <c r="D11" t="s">
         <v>18</v>
       </c>
       <c r="E11" t="s">
         <v>40</v>
       </c>
       <c r="F11" t="s">
         <v>41</v>
       </c>
       <c r="G11">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H11" t="s">
         <v>21</v>
       </c>
       <c r="I11" t="s">
         <v>22</v>
       </c>
       <c r="J11">
         <v>15</v>
       </c>
       <c r="K11"/>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>23</v>
       </c>
       <c r="N11"/>
       <c r="O11"/>
       <c r="P11"/>
     </row>
     <row r="12" spans="1:16">
       <c r="B12" t="s">
         <v>16</v>
       </c>
       <c r="C12" t="s">
         <v>17</v>
       </c>
       <c r="D12" t="s">
         <v>18</v>
       </c>
       <c r="E12" t="s">
         <v>42</v>
       </c>
       <c r="F12" t="s">
         <v>43</v>
       </c>
       <c r="G12">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="H12" t="s">
         <v>21</v>
       </c>
       <c r="I12" t="s">
         <v>22</v>
       </c>
       <c r="J12">
         <v>15</v>
       </c>
       <c r="K12"/>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>23</v>
       </c>
       <c r="N12"/>
       <c r="O12"/>
       <c r="P12"/>
     </row>
     <row r="13" spans="1:16">
       <c r="B13" t="s">
         <v>16</v>
       </c>
       <c r="C13" t="s">
         <v>17</v>
       </c>
       <c r="D13" t="s">
         <v>18</v>
       </c>
       <c r="E13" t="s">
         <v>44</v>
       </c>
       <c r="F13" t="s">
         <v>45</v>
       </c>
       <c r="G13">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H13" t="s">
         <v>21</v>
       </c>
       <c r="I13" t="s">
         <v>22</v>
       </c>
       <c r="J13">
         <v>15</v>
       </c>
       <c r="K13"/>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>23</v>
       </c>
       <c r="N13"/>
       <c r="O13"/>
       <c r="P13"/>
     </row>
     <row r="14" spans="1:16">
       <c r="B14" t="s">
         <v>16</v>
       </c>
       <c r="C14" t="s">
         <v>17</v>
       </c>
       <c r="D14" t="s">
         <v>18</v>
       </c>
       <c r="E14" t="s">
         <v>46</v>
       </c>
       <c r="F14" t="s">
         <v>47</v>
       </c>
       <c r="G14">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H14" t="s">
         <v>21</v>
       </c>
       <c r="I14" t="s">
         <v>22</v>
       </c>
       <c r="J14">
         <v>15</v>
       </c>
       <c r="K14"/>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>23</v>
       </c>
       <c r="N14"/>
       <c r="O14"/>
       <c r="P14"/>
     </row>
     <row r="15" spans="1:16">
       <c r="B15" t="s">
         <v>16</v>
       </c>
       <c r="C15" t="s">
         <v>17</v>
@@ -1173,51 +1173,51 @@
       <c r="L15"/>
       <c r="M15" t="s">
         <v>23</v>
       </c>
       <c r="N15"/>
       <c r="O15"/>
       <c r="P15"/>
     </row>
     <row r="16" spans="1:16">
       <c r="B16" t="s">
         <v>16</v>
       </c>
       <c r="C16" t="s">
         <v>17</v>
       </c>
       <c r="D16" t="s">
         <v>18</v>
       </c>
       <c r="E16" t="s">
         <v>50</v>
       </c>
       <c r="F16" t="s">
         <v>51</v>
       </c>
       <c r="G16">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="H16" t="s">
         <v>21</v>
       </c>
       <c r="I16" t="s">
         <v>22</v>
       </c>
       <c r="J16">
         <v>15</v>
       </c>
       <c r="K16"/>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>23</v>
       </c>
       <c r="N16"/>
       <c r="O16"/>
       <c r="P16"/>
     </row>
     <row r="17" spans="1:16">
       <c r="B17" t="s">
         <v>16</v>
       </c>
       <c r="C17" t="s">
         <v>17</v>