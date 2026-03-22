--- v0 (2025-11-08)
+++ v1 (2026-03-22)
@@ -520,51 +520,51 @@
       </c>
       <c r="O1" t="s">
         <v>14</v>
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="B2" t="s">
         <v>16</v>
       </c>
       <c r="C2" t="s">
         <v>17</v>
       </c>
       <c r="D2" t="s">
         <v>18</v>
       </c>
       <c r="E2" t="s">
         <v>19</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="H2" t="s">
         <v>21</v>
       </c>
       <c r="I2" t="s">
         <v>22</v>
       </c>
       <c r="J2">
         <v>50</v>
       </c>
       <c r="K2"/>
       <c r="L2"/>
       <c r="M2" t="s">
         <v>23</v>
       </c>
       <c r="N2"/>
       <c r="O2"/>
       <c r="P2"/>
     </row>
     <row r="3" spans="1:16">
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>