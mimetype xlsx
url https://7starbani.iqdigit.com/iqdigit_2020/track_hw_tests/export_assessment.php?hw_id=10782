--- v0 (2025-11-21)
+++ v1 (2026-01-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
   <si>
     <t>S.No</t>
   </si>
   <si>
     <t>Teacher</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
     <t>Subject</t>
   </si>
   <si>
     <t>Student Name</t>
   </si>
   <si>
     <t>Father Name</t>
   </si>
   <si>
     <t>Roll No</t>
   </si>
   <si>
     <t>Stage</t>
   </si>
   <si>
@@ -77,83 +77,95 @@
   <si>
     <t>submitted_at</t>
   </si>
   <si>
     <t>Checked-at</t>
   </si>
   <si>
     <t>Remarks</t>
   </si>
   <si>
     <t>Shashi Bala</t>
   </si>
   <si>
     <t xml:space="preserve">7TH-Airforce </t>
   </si>
   <si>
     <t>ENGLISH</t>
   </si>
   <si>
     <t xml:space="preserve">ARYANSH BANYAL </t>
   </si>
   <si>
     <t>RAVINDER KUMAR</t>
   </si>
   <si>
-    <t>submitted</t>
+    <t>checked</t>
   </si>
   <si>
     <t>Marks</t>
   </si>
   <si>
     <t>2025-11-21 11:32:56</t>
   </si>
   <si>
+    <t>2025-11-24 15:16:30</t>
+  </si>
+  <si>
     <t xml:space="preserve">ARYAN PARMAR </t>
   </si>
   <si>
     <t>VIVEK PARMAR</t>
   </si>
   <si>
+    <t>04</t>
+  </si>
+  <si>
     <t xml:space="preserve">ARADHYA THAKUR </t>
   </si>
   <si>
     <t>SUNIL KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">ANSHUMAN RAO </t>
   </si>
   <si>
     <t>SANJAY KUMAR</t>
   </si>
   <si>
+    <t>07</t>
+  </si>
+  <si>
     <t xml:space="preserve">AKHIL THAKUR </t>
   </si>
   <si>
     <t>UDHAM SINGH</t>
   </si>
   <si>
+    <t>06</t>
+  </si>
+  <si>
     <t xml:space="preserve">ADARSH SHARMA  </t>
   </si>
   <si>
     <t>SUMAN KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">YASHASVI BHARDWAJ </t>
   </si>
   <si>
     <t>VIKAS SHARMA</t>
   </si>
   <si>
     <t xml:space="preserve">VIRAJ  </t>
   </si>
   <si>
     <t>HEM RAJ</t>
   </si>
   <si>
     <t xml:space="preserve">VANSH SHARMA </t>
   </si>
   <si>
     <t xml:space="preserve">ACHAL BANYAL </t>
   </si>
   <si>
     <t>AJAY KUMAR</t>
@@ -173,105 +185,114 @@
   <si>
     <t xml:space="preserve">SEJAL DAROCH </t>
   </si>
   <si>
     <t>HANSH RAJ</t>
   </si>
   <si>
     <t xml:space="preserve">SANKALP SHARMA </t>
   </si>
   <si>
     <t>SANDEEP KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">SAMRIDHI THAKUR </t>
   </si>
   <si>
     <t>VISHAL THAKUR</t>
   </si>
   <si>
     <t xml:space="preserve">SAMARTH MOUDGIL </t>
   </si>
   <si>
     <t>PARDEEP KUMAR</t>
   </si>
   <si>
+    <t>09</t>
+  </si>
+  <si>
     <t xml:space="preserve">RITIKA SHARMA </t>
   </si>
   <si>
     <t>RAVI DUTT SHARMA</t>
   </si>
   <si>
     <t xml:space="preserve">PRATYAKSH SUMAN </t>
   </si>
   <si>
     <t xml:space="preserve">OJASAVI SHARMA </t>
   </si>
   <si>
     <t>SHAVEEN KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">AARAV SHARMA </t>
   </si>
   <si>
     <t>NARESH SHARMA</t>
   </si>
   <si>
     <t xml:space="preserve">MANVI THAKUR </t>
   </si>
   <si>
     <t>MANISH KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">LAVISH THAKUR </t>
   </si>
   <si>
     <t>MANOJ THAKUR</t>
   </si>
   <si>
+    <t>08</t>
+  </si>
+  <si>
     <t xml:space="preserve">LAUREN SHARMA </t>
   </si>
   <si>
     <t>SUSHIL KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">KANNAN MODGIL </t>
   </si>
   <si>
     <t>SUMIT KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">HAREN THAKUR </t>
   </si>
   <si>
     <t>KAPIL DEV</t>
   </si>
   <si>
     <t xml:space="preserve">DIVYANSH SHARMA  </t>
   </si>
   <si>
     <t>SANJEEV KUMAR</t>
+  </si>
+  <si>
+    <t>sb</t>
   </si>
   <si>
     <t xml:space="preserve">DAKSH PATHANIA </t>
   </si>
   <si>
     <t>MOHINDER SINGH PATHANIA</t>
   </si>
   <si>
     <t xml:space="preserve">BHUMIKA  </t>
   </si>
   <si>
     <t xml:space="preserve">AVISHA SHARMA </t>
   </si>
   <si>
     <t xml:space="preserve">ARYAV BANYAL </t>
   </si>
   <si>
     <t xml:space="preserve">AADVIK KANWAR </t>
   </si>
   <si>
     <t>VISHAL KANWAR</t>
   </si>
 </sst>
 </file>
 
@@ -681,1167 +702,1291 @@
       </c>
       <c r="C2" t="s">
         <v>17</v>
       </c>
       <c r="D2" t="s">
         <v>18</v>
       </c>
       <c r="E2" t="s">
         <v>19</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2">
         <v>9</v>
       </c>
       <c r="H2" t="s">
         <v>21</v>
       </c>
       <c r="I2" t="s">
         <v>22</v>
       </c>
       <c r="J2">
         <v>15</v>
       </c>
-      <c r="K2"/>
+      <c r="K2">
+        <v>12</v>
+      </c>
       <c r="L2"/>
       <c r="M2" t="s">
         <v>23</v>
       </c>
       <c r="N2"/>
-      <c r="O2"/>
+      <c r="O2" t="s">
+        <v>24</v>
+      </c>
       <c r="P2"/>
     </row>
     <row r="3" spans="1:16">
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G3">
         <v>8</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
       <c r="I3" t="s">
         <v>22</v>
       </c>
       <c r="J3">
         <v>15</v>
       </c>
-      <c r="K3"/>
+      <c r="K3" t="s">
+        <v>27</v>
+      </c>
       <c r="L3"/>
       <c r="M3" t="s">
         <v>23</v>
       </c>
       <c r="N3"/>
-      <c r="O3"/>
+      <c r="O3" t="s">
+        <v>24</v>
+      </c>
       <c r="P3"/>
     </row>
     <row r="4" spans="1:16">
       <c r="B4" t="s">
         <v>16</v>
       </c>
       <c r="C4" t="s">
         <v>17</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F4" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G4">
         <v>7</v>
       </c>
       <c r="H4" t="s">
         <v>21</v>
       </c>
       <c r="I4" t="s">
         <v>22</v>
       </c>
       <c r="J4">
         <v>15</v>
       </c>
-      <c r="K4"/>
+      <c r="K4">
+        <v>11</v>
+      </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>23</v>
       </c>
       <c r="N4"/>
-      <c r="O4"/>
+      <c r="O4" t="s">
+        <v>24</v>
+      </c>
       <c r="P4"/>
     </row>
     <row r="5" spans="1:16">
       <c r="B5" t="s">
         <v>16</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5" t="s">
         <v>18</v>
       </c>
       <c r="E5" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="F5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="G5">
         <v>6</v>
       </c>
       <c r="H5" t="s">
         <v>21</v>
       </c>
       <c r="I5" t="s">
         <v>22</v>
       </c>
       <c r="J5">
         <v>15</v>
       </c>
-      <c r="K5"/>
+      <c r="K5" t="s">
+        <v>32</v>
+      </c>
       <c r="L5"/>
       <c r="M5" t="s">
         <v>23</v>
       </c>
       <c r="N5"/>
-      <c r="O5"/>
+      <c r="O5" t="s">
+        <v>24</v>
+      </c>
       <c r="P5"/>
     </row>
     <row r="6" spans="1:16">
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F6" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G6">
         <v>5</v>
       </c>
       <c r="H6" t="s">
         <v>21</v>
       </c>
       <c r="I6" t="s">
         <v>22</v>
       </c>
       <c r="J6">
         <v>15</v>
       </c>
-      <c r="K6"/>
+      <c r="K6" t="s">
+        <v>35</v>
+      </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>23</v>
       </c>
       <c r="N6"/>
-      <c r="O6"/>
+      <c r="O6" t="s">
+        <v>24</v>
+      </c>
       <c r="P6"/>
     </row>
     <row r="7" spans="1:16">
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7" t="s">
         <v>17</v>
       </c>
       <c r="D7" t="s">
         <v>18</v>
       </c>
       <c r="E7" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="F7" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G7">
         <v>4</v>
       </c>
       <c r="H7" t="s">
         <v>21</v>
       </c>
       <c r="I7" t="s">
         <v>22</v>
       </c>
       <c r="J7">
         <v>15</v>
       </c>
-      <c r="K7"/>
+      <c r="K7">
+        <v>11</v>
+      </c>
       <c r="L7"/>
       <c r="M7" t="s">
         <v>23</v>
       </c>
       <c r="N7"/>
-      <c r="O7"/>
+      <c r="O7" t="s">
+        <v>24</v>
+      </c>
       <c r="P7"/>
     </row>
     <row r="8" spans="1:16">
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8" t="s">
         <v>17</v>
       </c>
       <c r="D8" t="s">
         <v>18</v>
       </c>
       <c r="E8" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="F8" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="G8">
         <v>32</v>
       </c>
       <c r="H8" t="s">
         <v>21</v>
       </c>
       <c r="I8" t="s">
         <v>22</v>
       </c>
       <c r="J8">
         <v>15</v>
       </c>
-      <c r="K8"/>
+      <c r="K8">
+        <v>13</v>
+      </c>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>23</v>
       </c>
       <c r="N8"/>
-      <c r="O8"/>
+      <c r="O8" t="s">
+        <v>24</v>
+      </c>
       <c r="P8"/>
     </row>
     <row r="9" spans="1:16">
       <c r="B9" t="s">
         <v>16</v>
       </c>
       <c r="C9" t="s">
         <v>17</v>
       </c>
       <c r="D9" t="s">
         <v>18</v>
       </c>
       <c r="E9" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="F9" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="G9">
         <v>31</v>
       </c>
       <c r="H9" t="s">
         <v>21</v>
       </c>
       <c r="I9" t="s">
         <v>22</v>
       </c>
       <c r="J9">
         <v>15</v>
       </c>
-      <c r="K9"/>
+      <c r="K9" t="s">
+        <v>35</v>
+      </c>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>23</v>
       </c>
       <c r="N9"/>
-      <c r="O9"/>
+      <c r="O9" t="s">
+        <v>24</v>
+      </c>
       <c r="P9"/>
     </row>
     <row r="10" spans="1:16">
       <c r="B10" t="s">
         <v>16</v>
       </c>
       <c r="C10" t="s">
         <v>17</v>
       </c>
       <c r="D10" t="s">
         <v>18</v>
       </c>
       <c r="E10" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="F10" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="G10">
         <v>30</v>
       </c>
       <c r="H10" t="s">
         <v>21</v>
       </c>
       <c r="I10" t="s">
         <v>22</v>
       </c>
       <c r="J10">
         <v>15</v>
       </c>
-      <c r="K10"/>
+      <c r="K10">
+        <v>11</v>
+      </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>23</v>
       </c>
       <c r="N10"/>
-      <c r="O10"/>
+      <c r="O10" t="s">
+        <v>24</v>
+      </c>
       <c r="P10"/>
     </row>
     <row r="11" spans="1:16">
       <c r="B11" t="s">
         <v>16</v>
       </c>
       <c r="C11" t="s">
         <v>17</v>
       </c>
       <c r="D11" t="s">
         <v>18</v>
       </c>
       <c r="E11" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="F11" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="G11">
         <v>3</v>
       </c>
       <c r="H11" t="s">
         <v>21</v>
       </c>
       <c r="I11" t="s">
         <v>22</v>
       </c>
       <c r="J11">
         <v>15</v>
       </c>
-      <c r="K11"/>
+      <c r="K11" t="s">
+        <v>35</v>
+      </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>23</v>
       </c>
       <c r="N11"/>
-      <c r="O11"/>
+      <c r="O11" t="s">
+        <v>24</v>
+      </c>
       <c r="P11"/>
     </row>
     <row r="12" spans="1:16">
       <c r="B12" t="s">
         <v>16</v>
       </c>
       <c r="C12" t="s">
         <v>17</v>
       </c>
       <c r="D12" t="s">
         <v>18</v>
       </c>
       <c r="E12" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="F12" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="G12">
         <v>29</v>
       </c>
       <c r="H12" t="s">
         <v>21</v>
       </c>
       <c r="I12" t="s">
         <v>22</v>
       </c>
       <c r="J12">
         <v>15</v>
       </c>
-      <c r="K12"/>
+      <c r="K12">
+        <v>12</v>
+      </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>23</v>
       </c>
       <c r="N12"/>
-      <c r="O12"/>
+      <c r="O12" t="s">
+        <v>24</v>
+      </c>
       <c r="P12"/>
     </row>
     <row r="13" spans="1:16">
       <c r="B13" t="s">
         <v>16</v>
       </c>
       <c r="C13" t="s">
         <v>17</v>
       </c>
       <c r="D13" t="s">
         <v>18</v>
       </c>
       <c r="E13" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="F13" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="G13">
         <v>28</v>
       </c>
       <c r="H13" t="s">
         <v>21</v>
       </c>
       <c r="I13" t="s">
         <v>22</v>
       </c>
       <c r="J13">
         <v>15</v>
       </c>
-      <c r="K13"/>
+      <c r="K13">
+        <v>10</v>
+      </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>23</v>
       </c>
       <c r="N13"/>
-      <c r="O13"/>
+      <c r="O13" t="s">
+        <v>24</v>
+      </c>
       <c r="P13"/>
     </row>
     <row r="14" spans="1:16">
       <c r="B14" t="s">
         <v>16</v>
       </c>
       <c r="C14" t="s">
         <v>17</v>
       </c>
       <c r="D14" t="s">
         <v>18</v>
       </c>
       <c r="E14" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="F14" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="G14">
         <v>27</v>
       </c>
       <c r="H14" t="s">
         <v>21</v>
       </c>
       <c r="I14" t="s">
         <v>22</v>
       </c>
       <c r="J14">
         <v>15</v>
       </c>
-      <c r="K14"/>
+      <c r="K14">
+        <v>13</v>
+      </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>23</v>
       </c>
       <c r="N14"/>
-      <c r="O14"/>
+      <c r="O14" t="s">
+        <v>24</v>
+      </c>
       <c r="P14"/>
     </row>
     <row r="15" spans="1:16">
       <c r="B15" t="s">
         <v>16</v>
       </c>
       <c r="C15" t="s">
         <v>17</v>
       </c>
       <c r="D15" t="s">
         <v>18</v>
       </c>
       <c r="E15" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="F15" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="G15">
         <v>26</v>
       </c>
       <c r="H15" t="s">
         <v>21</v>
       </c>
       <c r="I15" t="s">
         <v>22</v>
       </c>
       <c r="J15">
         <v>15</v>
       </c>
-      <c r="K15"/>
+      <c r="K15">
+        <v>12</v>
+      </c>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>23</v>
       </c>
       <c r="N15"/>
-      <c r="O15"/>
+      <c r="O15" t="s">
+        <v>24</v>
+      </c>
       <c r="P15"/>
     </row>
     <row r="16" spans="1:16">
       <c r="B16" t="s">
         <v>16</v>
       </c>
       <c r="C16" t="s">
         <v>17</v>
       </c>
       <c r="D16" t="s">
         <v>18</v>
       </c>
       <c r="E16" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="F16" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="G16">
         <v>25</v>
       </c>
       <c r="H16" t="s">
         <v>21</v>
       </c>
       <c r="I16" t="s">
         <v>22</v>
       </c>
       <c r="J16">
         <v>15</v>
       </c>
-      <c r="K16"/>
+      <c r="K16">
+        <v>12</v>
+      </c>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>23</v>
       </c>
       <c r="N16"/>
-      <c r="O16"/>
+      <c r="O16" t="s">
+        <v>24</v>
+      </c>
       <c r="P16"/>
     </row>
     <row r="17" spans="1:16">
       <c r="B17" t="s">
         <v>16</v>
       </c>
       <c r="C17" t="s">
         <v>17</v>
       </c>
       <c r="D17" t="s">
         <v>18</v>
       </c>
       <c r="E17" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="F17" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="G17">
         <v>24</v>
       </c>
       <c r="H17" t="s">
         <v>21</v>
       </c>
       <c r="I17" t="s">
         <v>22</v>
       </c>
       <c r="J17">
         <v>15</v>
       </c>
-      <c r="K17"/>
+      <c r="K17" t="s">
+        <v>57</v>
+      </c>
       <c r="L17"/>
       <c r="M17" t="s">
         <v>23</v>
       </c>
       <c r="N17"/>
-      <c r="O17"/>
+      <c r="O17" t="s">
+        <v>24</v>
+      </c>
       <c r="P17"/>
     </row>
     <row r="18" spans="1:16">
       <c r="B18" t="s">
         <v>16</v>
       </c>
       <c r="C18" t="s">
         <v>17</v>
       </c>
       <c r="D18" t="s">
         <v>18</v>
       </c>
       <c r="E18" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="F18" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="G18">
         <v>23</v>
       </c>
       <c r="H18" t="s">
         <v>21</v>
       </c>
       <c r="I18" t="s">
         <v>22</v>
       </c>
       <c r="J18">
         <v>15</v>
       </c>
-      <c r="K18"/>
+      <c r="K18">
+        <v>13</v>
+      </c>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>23</v>
       </c>
       <c r="N18"/>
-      <c r="O18"/>
+      <c r="O18" t="s">
+        <v>24</v>
+      </c>
       <c r="P18"/>
     </row>
     <row r="19" spans="1:16">
       <c r="B19" t="s">
         <v>16</v>
       </c>
       <c r="C19" t="s">
         <v>17</v>
       </c>
       <c r="D19" t="s">
         <v>18</v>
       </c>
       <c r="E19" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="F19" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="G19">
         <v>22</v>
       </c>
       <c r="H19" t="s">
         <v>21</v>
       </c>
       <c r="I19" t="s">
         <v>22</v>
       </c>
       <c r="J19">
         <v>15</v>
       </c>
-      <c r="K19"/>
+      <c r="K19">
+        <v>10</v>
+      </c>
       <c r="L19"/>
       <c r="M19" t="s">
         <v>23</v>
       </c>
       <c r="N19"/>
-      <c r="O19"/>
+      <c r="O19" t="s">
+        <v>24</v>
+      </c>
       <c r="P19"/>
     </row>
     <row r="20" spans="1:16">
       <c r="B20" t="s">
         <v>16</v>
       </c>
       <c r="C20" t="s">
         <v>17</v>
       </c>
       <c r="D20" t="s">
         <v>18</v>
       </c>
       <c r="E20" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="F20" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="G20">
         <v>21</v>
       </c>
       <c r="H20" t="s">
         <v>21</v>
       </c>
       <c r="I20" t="s">
         <v>22</v>
       </c>
       <c r="J20">
         <v>15</v>
       </c>
-      <c r="K20"/>
+      <c r="K20">
+        <v>10</v>
+      </c>
       <c r="L20"/>
       <c r="M20" t="s">
         <v>23</v>
       </c>
       <c r="N20"/>
-      <c r="O20"/>
+      <c r="O20" t="s">
+        <v>24</v>
+      </c>
       <c r="P20"/>
     </row>
     <row r="21" spans="1:16">
       <c r="B21" t="s">
         <v>16</v>
       </c>
       <c r="C21" t="s">
         <v>17</v>
       </c>
       <c r="D21" t="s">
         <v>18</v>
       </c>
       <c r="E21" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="F21" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="G21">
         <v>2</v>
       </c>
       <c r="H21" t="s">
         <v>21</v>
       </c>
       <c r="I21" t="s">
         <v>22</v>
       </c>
       <c r="J21">
         <v>15</v>
       </c>
-      <c r="K21"/>
+      <c r="K21">
+        <v>12</v>
+      </c>
       <c r="L21"/>
       <c r="M21" t="s">
         <v>23</v>
       </c>
       <c r="N21"/>
-      <c r="O21"/>
+      <c r="O21" t="s">
+        <v>24</v>
+      </c>
       <c r="P21"/>
     </row>
     <row r="22" spans="1:16">
       <c r="B22" t="s">
         <v>16</v>
       </c>
       <c r="C22" t="s">
         <v>17</v>
       </c>
       <c r="D22" t="s">
         <v>18</v>
       </c>
       <c r="E22" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="F22" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="G22">
         <v>19</v>
       </c>
       <c r="H22" t="s">
         <v>21</v>
       </c>
       <c r="I22" t="s">
         <v>22</v>
       </c>
       <c r="J22">
         <v>15</v>
       </c>
-      <c r="K22"/>
+      <c r="K22">
+        <v>11</v>
+      </c>
       <c r="L22"/>
       <c r="M22" t="s">
         <v>23</v>
       </c>
       <c r="N22"/>
-      <c r="O22"/>
+      <c r="O22" t="s">
+        <v>24</v>
+      </c>
       <c r="P22"/>
     </row>
     <row r="23" spans="1:16">
       <c r="B23" t="s">
         <v>16</v>
       </c>
       <c r="C23" t="s">
         <v>17</v>
       </c>
       <c r="D23" t="s">
         <v>18</v>
       </c>
       <c r="E23" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="F23" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="G23">
         <v>18</v>
       </c>
       <c r="H23" t="s">
         <v>21</v>
       </c>
       <c r="I23" t="s">
         <v>22</v>
       </c>
       <c r="J23">
         <v>15</v>
       </c>
-      <c r="K23"/>
+      <c r="K23" t="s">
+        <v>69</v>
+      </c>
       <c r="L23"/>
       <c r="M23" t="s">
         <v>23</v>
       </c>
       <c r="N23"/>
-      <c r="O23"/>
+      <c r="O23" t="s">
+        <v>24</v>
+      </c>
       <c r="P23"/>
     </row>
     <row r="24" spans="1:16">
       <c r="B24" t="s">
         <v>16</v>
       </c>
       <c r="C24" t="s">
         <v>17</v>
       </c>
       <c r="D24" t="s">
         <v>18</v>
       </c>
       <c r="E24" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="F24" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="G24">
         <v>17</v>
       </c>
       <c r="H24" t="s">
         <v>21</v>
       </c>
       <c r="I24" t="s">
         <v>22</v>
       </c>
       <c r="J24">
         <v>15</v>
       </c>
-      <c r="K24"/>
+      <c r="K24" t="s">
+        <v>57</v>
+      </c>
       <c r="L24"/>
       <c r="M24" t="s">
         <v>23</v>
       </c>
       <c r="N24"/>
-      <c r="O24"/>
+      <c r="O24" t="s">
+        <v>24</v>
+      </c>
       <c r="P24"/>
     </row>
     <row r="25" spans="1:16">
       <c r="B25" t="s">
         <v>16</v>
       </c>
       <c r="C25" t="s">
         <v>17</v>
       </c>
       <c r="D25" t="s">
         <v>18</v>
       </c>
       <c r="E25" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="F25" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="G25">
         <v>16</v>
       </c>
       <c r="H25" t="s">
         <v>21</v>
       </c>
       <c r="I25" t="s">
         <v>22</v>
       </c>
       <c r="J25">
         <v>15</v>
       </c>
-      <c r="K25"/>
+      <c r="K25">
+        <v>10</v>
+      </c>
       <c r="L25"/>
       <c r="M25" t="s">
         <v>23</v>
       </c>
       <c r="N25"/>
-      <c r="O25"/>
+      <c r="O25" t="s">
+        <v>24</v>
+      </c>
       <c r="P25"/>
     </row>
     <row r="26" spans="1:16">
       <c r="B26" t="s">
         <v>16</v>
       </c>
       <c r="C26" t="s">
         <v>17</v>
       </c>
       <c r="D26" t="s">
         <v>18</v>
       </c>
       <c r="E26" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="F26" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="G26">
         <v>15</v>
       </c>
       <c r="H26" t="s">
         <v>21</v>
       </c>
       <c r="I26" t="s">
         <v>22</v>
       </c>
       <c r="J26">
         <v>15</v>
       </c>
-      <c r="K26"/>
+      <c r="K26">
+        <v>14</v>
+      </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>23</v>
       </c>
       <c r="N26"/>
-      <c r="O26"/>
+      <c r="O26" t="s">
+        <v>24</v>
+      </c>
       <c r="P26"/>
     </row>
     <row r="27" spans="1:16">
       <c r="B27" t="s">
         <v>16</v>
       </c>
       <c r="C27" t="s">
         <v>17</v>
       </c>
       <c r="D27" t="s">
         <v>18</v>
       </c>
       <c r="E27" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="F27" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="G27">
         <v>14</v>
       </c>
       <c r="H27" t="s">
         <v>21</v>
       </c>
       <c r="I27" t="s">
         <v>22</v>
       </c>
       <c r="J27">
         <v>15</v>
       </c>
       <c r="K27"/>
       <c r="L27"/>
       <c r="M27" t="s">
         <v>23</v>
       </c>
       <c r="N27"/>
-      <c r="O27"/>
-      <c r="P27"/>
+      <c r="O27" t="s">
+        <v>24</v>
+      </c>
+      <c r="P27" t="s">
+        <v>78</v>
+      </c>
     </row>
     <row r="28" spans="1:16">
       <c r="B28" t="s">
         <v>16</v>
       </c>
       <c r="C28" t="s">
         <v>17</v>
       </c>
       <c r="D28" t="s">
         <v>18</v>
       </c>
       <c r="E28" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="F28" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="G28">
         <v>13</v>
       </c>
       <c r="H28" t="s">
         <v>21</v>
       </c>
       <c r="I28" t="s">
         <v>22</v>
       </c>
       <c r="J28">
         <v>15</v>
       </c>
-      <c r="K28"/>
+      <c r="K28">
+        <v>10</v>
+      </c>
       <c r="L28"/>
       <c r="M28" t="s">
         <v>23</v>
       </c>
       <c r="N28"/>
-      <c r="O28"/>
+      <c r="O28" t="s">
+        <v>24</v>
+      </c>
       <c r="P28"/>
     </row>
     <row r="29" spans="1:16">
       <c r="B29" t="s">
         <v>16</v>
       </c>
       <c r="C29" t="s">
         <v>17</v>
       </c>
       <c r="D29" t="s">
         <v>18</v>
       </c>
       <c r="E29" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="F29" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="G29">
         <v>12</v>
       </c>
       <c r="H29" t="s">
         <v>21</v>
       </c>
       <c r="I29" t="s">
         <v>22</v>
       </c>
       <c r="J29">
         <v>15</v>
       </c>
-      <c r="K29"/>
+      <c r="K29">
+        <v>13</v>
+      </c>
       <c r="L29"/>
       <c r="M29" t="s">
         <v>23</v>
       </c>
       <c r="N29"/>
-      <c r="O29"/>
+      <c r="O29" t="s">
+        <v>24</v>
+      </c>
       <c r="P29"/>
     </row>
     <row r="30" spans="1:16">
       <c r="B30" t="s">
         <v>16</v>
       </c>
       <c r="C30" t="s">
         <v>17</v>
       </c>
       <c r="D30" t="s">
         <v>18</v>
       </c>
       <c r="E30" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="F30" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="G30">
         <v>11</v>
       </c>
       <c r="H30" t="s">
         <v>21</v>
       </c>
       <c r="I30" t="s">
         <v>22</v>
       </c>
       <c r="J30">
         <v>15</v>
       </c>
-      <c r="K30"/>
+      <c r="K30">
+        <v>13</v>
+      </c>
       <c r="L30"/>
       <c r="M30" t="s">
         <v>23</v>
       </c>
       <c r="N30"/>
-      <c r="O30"/>
+      <c r="O30" t="s">
+        <v>24</v>
+      </c>
       <c r="P30"/>
     </row>
     <row r="31" spans="1:16">
       <c r="B31" t="s">
         <v>16</v>
       </c>
       <c r="C31" t="s">
         <v>17</v>
       </c>
       <c r="D31" t="s">
         <v>18</v>
       </c>
       <c r="E31" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31">
         <v>10</v>
       </c>
       <c r="H31" t="s">
         <v>21</v>
       </c>
       <c r="I31" t="s">
         <v>22</v>
       </c>
       <c r="J31">
         <v>15</v>
       </c>
-      <c r="K31"/>
+      <c r="K31" t="s">
+        <v>35</v>
+      </c>
       <c r="L31"/>
       <c r="M31" t="s">
         <v>23</v>
       </c>
       <c r="N31"/>
-      <c r="O31"/>
+      <c r="O31" t="s">
+        <v>24</v>
+      </c>
       <c r="P31"/>
     </row>
     <row r="32" spans="1:16">
       <c r="B32" t="s">
         <v>16</v>
       </c>
       <c r="C32" t="s">
         <v>17</v>
       </c>
       <c r="D32" t="s">
         <v>18</v>
       </c>
       <c r="E32" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="F32" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="G32">
         <v>1</v>
       </c>
       <c r="H32" t="s">
         <v>21</v>
       </c>
       <c r="I32" t="s">
         <v>22</v>
       </c>
       <c r="J32">
         <v>15</v>
       </c>
-      <c r="K32"/>
+      <c r="K32">
+        <v>11</v>
+      </c>
       <c r="L32"/>
       <c r="M32" t="s">
         <v>23</v>
       </c>
       <c r="N32"/>
-      <c r="O32"/>
+      <c r="O32" t="s">
+        <v>24</v>
+      </c>
       <c r="P32"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">