--- v0 (2025-11-13)
+++ v1 (2026-03-17)
@@ -128,51 +128,51 @@
   <si>
     <t>DEEPAK RAJ</t>
   </si>
   <si>
     <t xml:space="preserve">ARADHYA VERMA </t>
   </si>
   <si>
     <t>JYOTI VERMA</t>
   </si>
   <si>
     <t xml:space="preserve">ARADHYA SHARMA </t>
   </si>
   <si>
     <t>PRAVESH KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">ARADHYA BANYAL </t>
   </si>
   <si>
     <t>SURENDER SINGH</t>
   </si>
   <si>
     <t xml:space="preserve">BHUMIKA SHARMA </t>
   </si>
   <si>
-    <t>NARENDER</t>
+    <t>SUMAN SHARMA</t>
   </si>
   <si>
     <t xml:space="preserve">KRISHANA SHARMA  </t>
   </si>
   <si>
     <t>KAMAL KISHOR</t>
   </si>
   <si>
     <t xml:space="preserve">YASH BANYAL </t>
   </si>
   <si>
     <t>SUNIL KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">VIBHOR SHARMA </t>
   </si>
   <si>
     <t>VIKAS KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">VENUSS </t>
   </si>
   <si>
     <t>VIPAN KUMAR</t>
   </si>