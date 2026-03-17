--- v0 (2026-01-15)
+++ v1 (2026-03-17)
@@ -149,51 +149,51 @@
   <si>
     <t>MANOJ KUMAR CHAUHAN</t>
   </si>
   <si>
     <t xml:space="preserve">ADITYA SINGH </t>
   </si>
   <si>
     <t>VIKRAMJEET SINGH</t>
   </si>
   <si>
     <t xml:space="preserve">HIMANI </t>
   </si>
   <si>
     <t>SURINDER DHIMAN</t>
   </si>
   <si>
     <t xml:space="preserve">TANISHA </t>
   </si>
   <si>
     <t xml:space="preserve">KAVYA SHARMA </t>
   </si>
   <si>
     <t>RAJEEV SHARMA</t>
   </si>
   <si>
-    <t xml:space="preserve">NIKUNJ </t>
+    <t xml:space="preserve">NIKUNJ BANYAL </t>
   </si>
   <si>
     <t>AJAY KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">SHIVANGI JUNDWAL </t>
   </si>
   <si>
     <t>DILDAR SINGH</t>
   </si>
   <si>
     <t xml:space="preserve">SAANVI RYHAL </t>
   </si>
   <si>
     <t>SUNIL KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">VANSHIKA THAKUR </t>
   </si>
   <si>
     <t>VISHAL KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">MISHTHI THAKUR </t>
   </si>