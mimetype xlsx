--- v0 (2025-11-18)
+++ v1 (2026-03-02)
@@ -242,51 +242,51 @@
   <si>
     <t>MISHIKA SHARMA</t>
   </si>
   <si>
     <t>NARENDER SHARMA</t>
   </si>
   <si>
     <t>KRISHIV SHARMA</t>
   </si>
   <si>
     <t>JUGAL KISHOR</t>
   </si>
   <si>
     <t xml:space="preserve">KARTIK KUMAR </t>
   </si>
   <si>
     <t>VINOD</t>
   </si>
   <si>
     <t>HIMANSHI  SHARMA</t>
   </si>
   <si>
     <t>RAJESH KUMAR</t>
   </si>
   <si>
-    <t xml:space="preserve">HERIN </t>
+    <t>HERIN SHARMA</t>
   </si>
   <si>
     <t>SUSHIL KUMAR</t>
   </si>
   <si>
     <t>DIVYANSH  THAKUR</t>
   </si>
   <si>
     <t>ANIL KUMAR</t>
   </si>
   <si>
     <t>DHRUV BANYAL</t>
   </si>
   <si>
     <t>VINOD KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">AADVIK SHARMA </t>
   </si>
   <si>
     <t>SANDEEP SHARMA</t>
   </si>
 </sst>
 </file>
 