--- v0 (2025-11-10)
+++ v1 (2026-03-28)
@@ -170,57 +170,57 @@
   <si>
     <t xml:space="preserve">SHOUBHIT KALIA </t>
   </si>
   <si>
     <t>MUNISH KALIA</t>
   </si>
   <si>
     <t xml:space="preserve">SHIVANSH DOGRA </t>
   </si>
   <si>
     <t>SANDEEP KAMAL</t>
   </si>
   <si>
     <t xml:space="preserve">SAUMIK THAKUR </t>
   </si>
   <si>
     <t>KAPIL DEV</t>
   </si>
   <si>
     <t xml:space="preserve">SAANVI SHEKHAR </t>
   </si>
   <si>
     <t>SUNIL KUMAR</t>
   </si>
   <si>
+    <t xml:space="preserve">AAVYA SHARMA </t>
+  </si>
+  <si>
     <t xml:space="preserve">REYANSH SHARMA  </t>
   </si>
   <si>
     <t>VISHAL SHARMA</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">AAVYA SHARMA </t>
   </si>
   <si>
     <t xml:space="preserve">REYANSH SHARMA </t>
   </si>
   <si>
     <t>DEEPAK SHARMA</t>
   </si>
   <si>
     <t>PRIYAL SHARMA</t>
   </si>
   <si>
     <t>AJAY KUMAR SHARMA</t>
   </si>
   <si>
     <t xml:space="preserve">PALVIT AGNIHOTRI </t>
   </si>
   <si>
     <t>PANKAJ KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">NIVRITI SONI </t>
   </si>
   <si>
     <t>ASHISH KUMAR</t>
   </si>
@@ -942,746 +942,746 @@
         <v>23</v>
       </c>
       <c r="N8"/>
       <c r="O8" t="s">
         <v>24</v>
       </c>
       <c r="P8"/>
     </row>
     <row r="9" spans="1:16">
       <c r="B9" t="s">
         <v>16</v>
       </c>
       <c r="C9" t="s">
         <v>17</v>
       </c>
       <c r="D9" t="s">
         <v>18</v>
       </c>
       <c r="E9" t="s">
         <v>37</v>
       </c>
       <c r="F9" t="s">
         <v>38</v>
       </c>
       <c r="G9">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H9" t="s">
         <v>21</v>
       </c>
       <c r="I9" t="s">
         <v>22</v>
       </c>
       <c r="J9">
         <v>8</v>
       </c>
       <c r="K9">
         <v>7</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>23</v>
       </c>
       <c r="N9"/>
       <c r="O9" t="s">
         <v>24</v>
       </c>
       <c r="P9"/>
     </row>
     <row r="10" spans="1:16">
       <c r="B10" t="s">
         <v>16</v>
       </c>
       <c r="C10" t="s">
         <v>17</v>
       </c>
       <c r="D10" t="s">
         <v>18</v>
       </c>
       <c r="E10" t="s">
         <v>39</v>
       </c>
       <c r="F10" t="s">
         <v>40</v>
       </c>
       <c r="G10">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H10" t="s">
         <v>21</v>
       </c>
       <c r="I10" t="s">
         <v>22</v>
       </c>
       <c r="J10">
         <v>8</v>
       </c>
       <c r="K10">
         <v>8</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>23</v>
       </c>
       <c r="N10"/>
       <c r="O10" t="s">
         <v>24</v>
       </c>
       <c r="P10"/>
     </row>
     <row r="11" spans="1:16">
       <c r="B11" t="s">
         <v>16</v>
       </c>
       <c r="C11" t="s">
         <v>17</v>
       </c>
       <c r="D11" t="s">
         <v>18</v>
       </c>
       <c r="E11" t="s">
         <v>41</v>
       </c>
       <c r="F11" t="s">
         <v>42</v>
       </c>
       <c r="G11">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H11" t="s">
         <v>21</v>
       </c>
       <c r="I11" t="s">
         <v>22</v>
       </c>
       <c r="J11">
         <v>8</v>
       </c>
       <c r="K11"/>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>23</v>
       </c>
       <c r="N11"/>
       <c r="O11" t="s">
         <v>24</v>
       </c>
       <c r="P11"/>
     </row>
     <row r="12" spans="1:16">
       <c r="B12" t="s">
         <v>16</v>
       </c>
       <c r="C12" t="s">
         <v>17</v>
       </c>
       <c r="D12" t="s">
         <v>18</v>
       </c>
       <c r="E12" t="s">
         <v>43</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="H12" t="s">
         <v>21</v>
       </c>
       <c r="I12" t="s">
         <v>22</v>
       </c>
       <c r="J12">
         <v>8</v>
       </c>
       <c r="K12">
         <v>8</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>23</v>
       </c>
       <c r="N12"/>
       <c r="O12" t="s">
         <v>24</v>
       </c>
       <c r="P12"/>
     </row>
     <row r="13" spans="1:16">
       <c r="B13" t="s">
         <v>16</v>
       </c>
       <c r="C13" t="s">
         <v>17</v>
       </c>
       <c r="D13" t="s">
         <v>18</v>
       </c>
       <c r="E13" t="s">
         <v>44</v>
       </c>
       <c r="F13" t="s">
         <v>45</v>
       </c>
       <c r="G13">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H13" t="s">
         <v>21</v>
       </c>
       <c r="I13" t="s">
         <v>22</v>
       </c>
       <c r="J13">
         <v>8</v>
       </c>
       <c r="K13">
         <v>7</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>23</v>
       </c>
       <c r="N13"/>
       <c r="O13" t="s">
         <v>24</v>
       </c>
       <c r="P13"/>
     </row>
     <row r="14" spans="1:16">
       <c r="B14" t="s">
         <v>16</v>
       </c>
       <c r="C14" t="s">
         <v>17</v>
       </c>
       <c r="D14" t="s">
         <v>18</v>
       </c>
       <c r="E14" t="s">
         <v>46</v>
       </c>
       <c r="F14" t="s">
         <v>47</v>
       </c>
       <c r="G14">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H14" t="s">
         <v>21</v>
       </c>
       <c r="I14" t="s">
         <v>22</v>
       </c>
       <c r="J14">
         <v>8</v>
       </c>
       <c r="K14">
         <v>7</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>23</v>
       </c>
       <c r="N14"/>
       <c r="O14" t="s">
         <v>24</v>
       </c>
       <c r="P14"/>
     </row>
     <row r="15" spans="1:16">
       <c r="B15" t="s">
         <v>16</v>
       </c>
       <c r="C15" t="s">
         <v>17</v>
       </c>
       <c r="D15" t="s">
         <v>18</v>
       </c>
       <c r="E15" t="s">
         <v>48</v>
       </c>
       <c r="F15" t="s">
         <v>49</v>
       </c>
       <c r="G15">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H15" t="s">
         <v>21</v>
       </c>
       <c r="I15" t="s">
         <v>22</v>
       </c>
       <c r="J15">
         <v>8</v>
       </c>
       <c r="K15">
         <v>8</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>23</v>
       </c>
       <c r="N15"/>
       <c r="O15" t="s">
         <v>24</v>
       </c>
       <c r="P15"/>
     </row>
     <row r="16" spans="1:16">
       <c r="B16" t="s">
         <v>16</v>
       </c>
       <c r="C16" t="s">
         <v>17</v>
       </c>
       <c r="D16" t="s">
         <v>18</v>
       </c>
       <c r="E16" t="s">
         <v>50</v>
       </c>
       <c r="F16" t="s">
         <v>51</v>
       </c>
       <c r="G16">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="H16" t="s">
         <v>21</v>
       </c>
       <c r="I16" t="s">
         <v>22</v>
       </c>
       <c r="J16">
         <v>8</v>
       </c>
       <c r="K16">
         <v>4</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>23</v>
       </c>
       <c r="N16"/>
       <c r="O16" t="s">
         <v>24</v>
       </c>
       <c r="P16"/>
     </row>
     <row r="17" spans="1:16">
       <c r="B17" t="s">
         <v>16</v>
       </c>
       <c r="C17" t="s">
         <v>17</v>
       </c>
       <c r="D17" t="s">
         <v>18</v>
       </c>
       <c r="E17" t="s">
         <v>52</v>
       </c>
       <c r="F17" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="G17">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="H17" t="s">
         <v>21</v>
       </c>
       <c r="I17" t="s">
         <v>22</v>
       </c>
       <c r="J17">
         <v>8</v>
       </c>
       <c r="K17">
         <v>8</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
         <v>23</v>
       </c>
       <c r="N17"/>
       <c r="O17" t="s">
         <v>24</v>
       </c>
       <c r="P17"/>
     </row>
     <row r="18" spans="1:16">
       <c r="B18" t="s">
         <v>16</v>
       </c>
       <c r="C18" t="s">
         <v>17</v>
       </c>
       <c r="D18" t="s">
         <v>18</v>
       </c>
       <c r="E18" t="s">
+        <v>53</v>
+      </c>
+      <c r="F18" t="s">
         <v>54</v>
       </c>
-      <c r="F18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G18">
-        <v>2</v>
+        <v>19</v>
       </c>
       <c r="H18" t="s">
         <v>21</v>
       </c>
       <c r="I18" t="s">
         <v>22</v>
       </c>
       <c r="J18">
         <v>8</v>
       </c>
       <c r="K18">
         <v>8</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>23</v>
       </c>
       <c r="N18"/>
       <c r="O18" t="s">
         <v>24</v>
       </c>
       <c r="P18"/>
     </row>
     <row r="19" spans="1:16">
       <c r="B19" t="s">
         <v>16</v>
       </c>
       <c r="C19" t="s">
         <v>17</v>
       </c>
       <c r="D19" t="s">
         <v>18</v>
       </c>
       <c r="E19" t="s">
         <v>55</v>
       </c>
       <c r="F19" t="s">
         <v>56</v>
       </c>
       <c r="G19">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="H19" t="s">
         <v>21</v>
       </c>
       <c r="I19" t="s">
         <v>22</v>
       </c>
       <c r="J19">
         <v>8</v>
       </c>
       <c r="K19">
         <v>8</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
         <v>23</v>
       </c>
       <c r="N19"/>
       <c r="O19" t="s">
         <v>24</v>
       </c>
       <c r="P19"/>
     </row>
     <row r="20" spans="1:16">
       <c r="B20" t="s">
         <v>16</v>
       </c>
       <c r="C20" t="s">
         <v>17</v>
       </c>
       <c r="D20" t="s">
         <v>18</v>
       </c>
       <c r="E20" t="s">
         <v>57</v>
       </c>
       <c r="F20" t="s">
         <v>58</v>
       </c>
       <c r="G20">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="H20" t="s">
         <v>21</v>
       </c>
       <c r="I20" t="s">
         <v>22</v>
       </c>
       <c r="J20">
         <v>8</v>
       </c>
       <c r="K20">
         <v>7</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
         <v>23</v>
       </c>
       <c r="N20"/>
       <c r="O20" t="s">
         <v>24</v>
       </c>
       <c r="P20"/>
     </row>
     <row r="21" spans="1:16">
       <c r="B21" t="s">
         <v>16</v>
       </c>
       <c r="C21" t="s">
         <v>17</v>
       </c>
       <c r="D21" t="s">
         <v>18</v>
       </c>
       <c r="E21" t="s">
         <v>59</v>
       </c>
       <c r="F21" t="s">
         <v>60</v>
       </c>
       <c r="G21">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H21" t="s">
         <v>21</v>
       </c>
       <c r="I21" t="s">
         <v>22</v>
       </c>
       <c r="J21">
         <v>8</v>
       </c>
       <c r="K21">
         <v>7</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
         <v>23</v>
       </c>
       <c r="N21"/>
       <c r="O21" t="s">
         <v>24</v>
       </c>
       <c r="P21"/>
     </row>
     <row r="22" spans="1:16">
       <c r="B22" t="s">
         <v>16</v>
       </c>
       <c r="C22" t="s">
         <v>17</v>
       </c>
       <c r="D22" t="s">
         <v>18</v>
       </c>
       <c r="E22" t="s">
         <v>61</v>
       </c>
       <c r="F22" t="s">
         <v>62</v>
       </c>
       <c r="G22">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H22" t="s">
         <v>21</v>
       </c>
       <c r="I22" t="s">
         <v>22</v>
       </c>
       <c r="J22">
         <v>8</v>
       </c>
       <c r="K22">
         <v>7</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
         <v>23</v>
       </c>
       <c r="N22"/>
       <c r="O22" t="s">
         <v>24</v>
       </c>
       <c r="P22"/>
     </row>
     <row r="23" spans="1:16">
       <c r="B23" t="s">
         <v>16</v>
       </c>
       <c r="C23" t="s">
         <v>17</v>
       </c>
       <c r="D23" t="s">
         <v>18</v>
       </c>
       <c r="E23" t="s">
         <v>63</v>
       </c>
       <c r="F23" t="s">
         <v>26</v>
       </c>
       <c r="G23">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H23" t="s">
         <v>21</v>
       </c>
       <c r="I23" t="s">
         <v>22</v>
       </c>
       <c r="J23">
         <v>8</v>
       </c>
       <c r="K23">
         <v>6</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
         <v>23</v>
       </c>
       <c r="N23"/>
       <c r="O23" t="s">
         <v>24</v>
       </c>
       <c r="P23"/>
     </row>
     <row r="24" spans="1:16">
       <c r="B24" t="s">
         <v>16</v>
       </c>
       <c r="C24" t="s">
         <v>17</v>
       </c>
       <c r="D24" t="s">
         <v>18</v>
       </c>
       <c r="E24" t="s">
         <v>64</v>
       </c>
       <c r="F24" t="s">
         <v>65</v>
       </c>
       <c r="G24">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H24" t="s">
         <v>21</v>
       </c>
       <c r="I24" t="s">
         <v>22</v>
       </c>
       <c r="J24">
         <v>8</v>
       </c>
       <c r="K24">
         <v>8</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
         <v>23</v>
       </c>
       <c r="N24"/>
       <c r="O24" t="s">
         <v>24</v>
       </c>
       <c r="P24"/>
     </row>
     <row r="25" spans="1:16">
       <c r="B25" t="s">
         <v>16</v>
       </c>
       <c r="C25" t="s">
         <v>17</v>
       </c>
       <c r="D25" t="s">
         <v>18</v>
       </c>
       <c r="E25" t="s">
         <v>66</v>
       </c>
       <c r="F25" t="s">
         <v>67</v>
       </c>
       <c r="G25">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H25" t="s">
         <v>21</v>
       </c>
       <c r="I25" t="s">
         <v>22</v>
       </c>
       <c r="J25">
         <v>8</v>
       </c>
       <c r="K25">
         <v>8</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
         <v>23</v>
       </c>
       <c r="N25"/>
       <c r="O25" t="s">
         <v>24</v>
       </c>
       <c r="P25"/>
     </row>
     <row r="26" spans="1:16">
       <c r="B26" t="s">
         <v>16</v>
       </c>
       <c r="C26" t="s">
         <v>17</v>
       </c>
       <c r="D26" t="s">
         <v>18</v>
       </c>
       <c r="E26" t="s">
         <v>68</v>
       </c>
       <c r="F26" t="s">
         <v>69</v>
       </c>
       <c r="G26">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H26" t="s">
         <v>21</v>
       </c>
       <c r="I26" t="s">
         <v>22</v>
       </c>
       <c r="J26">
         <v>8</v>
       </c>
       <c r="K26">
         <v>7</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>23</v>
       </c>
       <c r="N26"/>
       <c r="O26" t="s">
         <v>24</v>
       </c>
       <c r="P26"/>
     </row>
     <row r="27" spans="1:16">
       <c r="B27" t="s">